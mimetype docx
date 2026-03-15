--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -1,155 +1,141 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="278A6BB6" w14:textId="2CC078CA" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Anmeldeformular Werkstätten</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BA0CFE">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Helsenberg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
-[...27 lines deleted...]
-        <w:t>externe Arbeitsplätze</w:t>
+    <w:p w14:paraId="0452DE71" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Für Basisgruppe, interne Arbeitsplätze, externe Arbeitsplätze</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="7A2C46CD" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00145934" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="00B301C4">
+    <w:p w14:paraId="72A53453" w14:textId="52CD0303" w:rsidR="008F350F" w:rsidRPr="00380847" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="5040"/>
         </w:tabs>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00384271">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>/persönliche Angaben</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Personalien/persönliche Angaben</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="4B8AA676" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
@@ -320,51 +306,51 @@
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="2120C972" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -510,51 +496,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="01DCE652" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -575,57 +561,57 @@
           <w:ffData>
             <w:name w:val="Dropdown8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="Auswahl"/>
               <w:listEntry w:val="ledig"/>
               <w:listEntry w:val="verheiratet"/>
               <w:listEntry w:val="Partnerschaft"/>
               <w:listEntry w:val="geschieden"/>
               <w:listEntry w:val="getrennt"/>
               <w:listEntry w:val="verwitwet"/>
               <w:listEntry w:val="unbekannt"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Dropdown8"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Konfession: </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -641,73 +627,73 @@
             <w:name w:val="Dropdown7"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="Auswahl"/>
               <w:listEntry w:val="Protestantisch"/>
               <w:listEntry w:val="Röm. Kath."/>
               <w:listEntry w:val="Kath. Ortodox"/>
               <w:listEntry w:val="Christ. Kath."/>
               <w:listEntry w:val="Isl. Gemeinschaften"/>
               <w:listEntry w:val="And. christl. Gemeinsch."/>
               <w:listEntry w:val="keine Zugehörigkeit"/>
               <w:listEntry w:val="unbekannt"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="Dropdown7"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="127C8B58" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -864,51 +850,51 @@
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="4EFA613F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -975,114 +961,109 @@
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>wenn nicht CH:</w:t>
       </w:r>
-      <w:r w:rsidR="00896137" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidR="00896137" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="Auswahl"/>
               <w:listEntry w:val="Bewilligung B"/>
               <w:listEntry w:val="Bewilligung C"/>
               <w:listEntry w:val="Bewilligung L"/>
               <w:listEntry w:val="unklar"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="Dropdown11"/>
-      <w:r w:rsidR="00896137" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00896137" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="76719A28" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -1229,51 +1210,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="7F33DC6D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -1420,51 +1401,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="039C3105" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="5387"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
@@ -1720,654 +1701,648 @@
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="002F3EB1">
+    <w:p w14:paraId="1A114431" w14:textId="5509A734" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IV-Rente:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Dropdown12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:ddList>
               <w:listEntry w:val="auswählen"/>
               <w:listEntry w:val="ja"/>
               <w:listEntry w:val="nein"/>
               <w:listEntry w:val="angemeldet"/>
             </w:ddList>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="Dropdown12"/>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...30 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Krankenkasse:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text87"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="Text87"/>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...34 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="2371C832" w14:textId="14DBDC7D" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00A92857">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4253"/>
-          <w:tab w:val="left" w:pos="5103"/>
-          <w:tab w:val="left" w:pos="5812"/>
+          <w:tab w:val="left" w:pos="5529"/>
+          <w:tab w:val="left" w:pos="5954"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nicht Kt. BE, Kostenübernahmegarantie IVSE:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Kontrollkästchen9"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen4"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="Kontrollkästchen4"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nein</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidR="00A92857">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen13"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="7" w:name="Kontrollkästchen13"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> beantragt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="5F19E913" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="000F5F9D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00A92857">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2977"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6600"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Beistandschaft:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+              <w:checked w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Art Beistandschaft: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Dropdown9"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:ddList>
+              <w:listEntry w:val="Auswahl"/>
+              <w:listEntry w:val="Begleitbeist."/>
+              <w:listEntry w:val="Vertretungsbeist."/>
+              <w:listEntry w:val="Mitwirkungsbeist."/>
+              <w:listEntry w:val="umfassende Beist."/>
+              <w:listEntry w:val="unbekannt"/>
+            </w:ddList>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="Dropdown9"/>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMDROPDOWN </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+    </w:p>
+    <w:p w14:paraId="68D3B81D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...196 lines deleted...]
-        <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beistand:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text16"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
@@ -2501,51 +2476,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="1D4B2594" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="196"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4820" w:hanging="4820"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
@@ -2693,98 +2668,98 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="66ED553D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="39EBE106" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Behandelnder Arzt oder Ärztin:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="2924712F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -2937,51 +2912,51 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="7616CEEB" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="196"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="4820" w:hanging="4820"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
@@ -3129,539 +3104,520 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00EC2EF5">
+    <w:p w14:paraId="74D4E026" w14:textId="77777777" w:rsidR="002E1EFD" w:rsidRDefault="002E1EFD" w:rsidP="00380847">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EC2EF5" w:rsidRPr="008835CD" w:rsidRDefault="00EC2EF5" w:rsidP="00B301C4">
+    <w:p w14:paraId="639514BC" w14:textId="46D54691" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Angaben für Lohnauszahlung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="69495659" w14:textId="678B71E3" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6663"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="Kontrollkästchen11"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Auszahlung Bank/Post</w:t>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Auszahlung an Klient/-in</w:t>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Auszahlung an Klientin</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92857">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/Klient</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="002F3EB1">
+    <w:p w14:paraId="3D827D4F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="4820"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Auszahlung auf Kto. Sozialdienst</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+        <w:t xml:space="preserve"> Auszahlung auf Kto. Sozialdienst, wenn ja:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="002F3EB1" w:rsidRPr="008835CD">
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> beigelegt</w:t>
+      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Abtretungsvollmacht beigelegt</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="520E0588" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="left" w:pos="7371"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kopie Lohnabrechnung/-Ausweis an:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_GoBack"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen20"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="Kontrollkästchen20"/>
+      <w:bookmarkStart w:id="10" w:name="Kontrollkästchen20"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sozialdienst</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen6"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Beistand</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="7EF71755" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Adresse, wenn anders als Beistand: </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text82"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="Text82"/>
+      <w:bookmarkStart w:id="11" w:name="Text82"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -3676,71 +3632,71 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
+      <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text83"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="Text83"/>
+      <w:bookmarkStart w:id="12" w:name="Text83"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -3755,71 +3711,71 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
+      <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text84"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="Text84"/>
+      <w:bookmarkStart w:id="13" w:name="Text84"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -3834,134 +3790,134 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="13"/>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="68470B6B" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Bankangaben: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="088DE54F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Name Kontoinhaber:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text86"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="Text86"/>
+      <w:bookmarkStart w:id="14" w:name="Text86"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -3976,51 +3932,51 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="14"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Name Bank/Post:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text52"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
@@ -4057,100 +4013,100 @@
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00896137">
+    <w:p w14:paraId="46A2CE95" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>IBAN-Nr.:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>CH</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text63"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="16" w:name="Text63"/>
+      <w:bookmarkStart w:id="15" w:name="Text63"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
@@ -4160,89 +4116,95 @@
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kopfzeile"/>
+    <w:p w14:paraId="01934C79" w14:textId="77777777" w:rsidR="00384271" w:rsidRDefault="00384271" w:rsidP="00B71679">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="720"/>
-          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="6600"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-          <w:bCs/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00B301C4">
+    <w:p w14:paraId="3CACBE1C" w14:textId="0E6CDE28" w:rsidR="008F350F" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008A5AB2">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Berufserfahrung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="11E23000" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="3261"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
@@ -4256,175 +4218,175 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ja</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> nein</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="2D581E02" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Beruf:</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text60"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="Text60"/>
+      <w:bookmarkStart w:id="16" w:name="Text60"/>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -4439,53 +4401,53 @@
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="2883FA6F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2410"/>
           <w:tab w:val="left" w:pos="5670"/>
           <w:tab w:val="left" w:pos="6600"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
@@ -4638,4221 +4600,3689 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="37E51539" w14:textId="56B10BB3" w:rsidR="00DB1F5D" w:rsidRDefault="00DB1F5D">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hervorhebung"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="006A1354" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="006A1354">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="6555759D" w14:textId="1A8DFC07" w:rsidR="008F350F" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="00384271">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
           <w:i/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:rStyle w:val="Hervorhebung"/>
-        </w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Persönliche Angaben</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006A1354" w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
         </w:rPr>
         <w:t>(kurze Biografie)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kopfzeile"/>
+    <w:p w14:paraId="03C550C9" w14:textId="3606C9C7" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00A678D5">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
-          <w:left w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
-          <w:right w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8700"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="3261"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6600"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
-[...121 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text29"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="19" w:name="Text29"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:bookmarkStart w:id="17" w:name="Text29"/>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...42 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="19"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
-    <w:p w:rsidR="006A1354" w:rsidRPr="008835CD" w:rsidRDefault="006A1354" w:rsidP="00C56CC3">
-[...1 lines deleted...]
-        <w:pStyle w:val="Kopfzeile"/>
+    <w:p w14:paraId="7B33FEE8" w14:textId="77777777" w:rsidR="00A678D5" w:rsidRPr="008F350F" w:rsidRDefault="00A678D5" w:rsidP="00A678D5">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
-          <w:left w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
-          <w:right w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="right" w:leader="dot" w:pos="8700"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="2410"/>
+          <w:tab w:val="left" w:pos="3261"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="6600"/>
+          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
         </w:tabs>
-        <w:spacing w:line="240" w:lineRule="atLeast"/>
-[...1 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00C56CC3">
-[...12 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="38424481" w14:textId="549D2745" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00C56CC3">
-[...53 lines deleted...]
-    <w:p w:rsidR="006A1354" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="006A1354">
+    <w:p w14:paraId="614AD1B1" w14:textId="469A8609" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5280"/>
         </w:tabs>
-        <w:rPr>
-[...12 lines deleted...]
-        <w:rPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Psychische Einschränkungen/Diagnose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> (Zutreffendes bitte ankreuzen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="0E5B626C" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Depressive Problematik</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Angstzustände</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="62DB8B05" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2398"/>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="5376"/>
           <w:tab w:val="left" w:pos="5725"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Orientierungsstörungen</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Suchterkrankung</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text26"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...36 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="1B712B17" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Erkrankung aus dem schizophrenen Formenkreis</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="5F8ED6E3" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00384271">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3969"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="5376"/>
           <w:tab w:val="left" w:pos="5725"/>
         </w:tabs>
-        <w:rPr>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Aggressive Neigung</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> verbal</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...7 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> tätlich</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...16 lines deleted...]
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00B301C4" w:rsidP="00C56CC3">
+    <w:p w14:paraId="187308C4" w14:textId="4FB92EF3" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2398"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="5376"/>
           <w:tab w:val="left" w:pos="5725"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Diagnose</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidR="008A5AB2">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ICD-10)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> / Anderes:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
+    <w:p w14:paraId="4F9F7385" w14:textId="3C664679" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="008A5AB2">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2398"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="4032"/>
           <w:tab w:val="left" w:pos="5376"/>
           <w:tab w:val="left" w:pos="5725"/>
         </w:tabs>
         <w:rPr>
           <w:bCs/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:szCs w:val="18"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text27"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...10 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...48 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...12 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="331F96A6" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
+      <w:pPr>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5DE33645" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Somatische Beschwerden </w:t>
       </w:r>
-      <w:r w:rsidR="006A1354" w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Zutreffendes bitte ankreuzen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00C56CC3">
-[...643 lines deleted...]
-    <w:p w:rsidR="00865072" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00CE4FFA">
+    <w:p w14:paraId="15C92615" w14:textId="0E928555" w:rsidR="00DB1F5D" w:rsidRPr="004F34FB" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="993"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="1985"/>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="4820"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Beschwerden</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen70"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="Kontrollkästchen70"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="20"/>
-[...19 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen71"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="Kontrollkästchen71"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="21"/>
-[...21 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
         <w:t>Wenn ja, welche?</w:t>
       </w:r>
-      <w:r w:rsidR="00865072" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text24"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="22" w:name="Text24"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00865072" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00865072" w:rsidRPr="008835CD">
-[...30 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00CE4FFA">
+    <w:p w14:paraId="221B929A" w14:textId="2611D8A9" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
+      <w:pPr>
+        <w:pStyle w:val="Textkrper"/>
+        <w:pBdr>
+          <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
+          <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1701"/>
+          <w:tab w:val="left" w:pos="1985"/>
+          <w:tab w:val="left" w:pos="2835"/>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Allergien</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB1F5D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen70"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="Kontrollkästchen70"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ja</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Kontrollkästchen71"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="19" w:name="Kontrollkästchen71"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nein</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Wenn ja, welche?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="Text24"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:textInput/>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="Text24"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:p w14:paraId="16D3D000" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2898"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen45"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00CE4FFA" w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sonstiges:</w:t>
       </w:r>
-      <w:r w:rsidR="00CE4FFA" w:rsidRPr="008835CD">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text25"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="Text25"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="21" w:name="Text25"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...6 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...40 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="23"/>
+      <w:bookmarkEnd w:id="21"/>
     </w:p>
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="00CE4FFA">
-[...7 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="637F0F6E" w14:textId="5A62313D" w:rsidR="008F350F" w:rsidRDefault="008F350F">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A1354" w:rsidRPr="008835CD" w:rsidRDefault="00735729" w:rsidP="006A1354">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="501ADABF" w14:textId="1D73187C" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Gewünschte Arbeitseinsätze</w:t>
       </w:r>
-      <w:r w:rsidR="006A1354" w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (Zutreffendes bitte ankreuzen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735729" w:rsidRPr="008835CD" w:rsidRDefault="00735729" w:rsidP="00735729">
+    <w:p w14:paraId="3146BEDC" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen72"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="Kontrollkästchen72"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="22" w:name="Kontrollkästchen72"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="24"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Basisgruppe</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004F2FF1" w:rsidRPr="008835CD" w:rsidRDefault="004F2FF1" w:rsidP="00735729">
+    <w:p w14:paraId="0214BFDD" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Interne Arbeitsplätze:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735729" w:rsidRPr="008835CD" w:rsidRDefault="00735729" w:rsidP="00735729">
+    <w:p w14:paraId="71112EC4" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen73"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="25" w:name="Kontrollkästchen73"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="23" w:name="Kontrollkästchen73"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="25"/>
-[...24 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Haus- und Reinigungsdienst</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen76"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="Kontrollkästchen76"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="24" w:name="Kontrollkästchen76"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="26"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kinderkrippe</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735729" w:rsidRPr="008835CD" w:rsidRDefault="00735729" w:rsidP="00CE4FFA">
+    <w:p w14:paraId="3B3BF8DC" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen74"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="Kontrollkästchen74"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="25" w:name="Kontrollkästchen74"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="27"/>
-[...19 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Gärtnerei/Betrieb</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen77"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="28" w:name="Kontrollkästchen77"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="26" w:name="Kontrollkästchen77"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="28"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Küche</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735729" w:rsidRPr="008835CD" w:rsidRDefault="00735729" w:rsidP="00735729">
+    <w:p w14:paraId="06C6F0CF" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="Kontrollkästchen75"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="27" w:name="Kontrollkästchen75"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="29"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Wäscherei</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen78"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="Kontrollkästchen78"/>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="28" w:name="Kontrollkästchen78"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="30"/>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Andere </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text71"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="31" w:name="Text71"/>
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:bookmarkStart w:id="29" w:name="Text71"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="004F2FF1" w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="31"/>
+      <w:bookmarkEnd w:id="29"/>
     </w:p>
-    <w:p w:rsidR="004F2FF1" w:rsidRPr="008835CD" w:rsidRDefault="004F2FF1" w:rsidP="001619DF">
+    <w:p w14:paraId="1910E35C" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-[...9 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Externe Arbeitsplätze:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00735729" w:rsidRPr="008835CD" w:rsidRDefault="004F2FF1" w:rsidP="004F2FF1">
+    <w:p w14:paraId="37EEEFB4" w14:textId="7C60DD1D" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="1701"/>
           <w:tab w:val="left" w:pos="2268"/>
           <w:tab w:val="left" w:pos="2694"/>
           <w:tab w:val="left" w:pos="4111"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5580"/>
           <w:tab w:val="left" w:pos="6096"/>
           <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Handwerklich</w:t>
       </w:r>
-      <w:r w:rsidR="001619DF" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Hotellerie</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen75"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Administrativ</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen78"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="004F34FB">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Andere </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Text71"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...3 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC2BB0" w:rsidRPr="008835CD" w:rsidRDefault="00AC2BB0" w:rsidP="00735729">
+    <w:p w14:paraId="29106A17" w14:textId="1C449CD6" w:rsidR="008A5AB2" w:rsidRDefault="00406F31" w:rsidP="00406F31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
+          <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="1701"/>
-          <w:tab w:val="left" w:pos="2410"/>
-[...3 lines deleted...]
-          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2694"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="6096"/>
+          <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406F31">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vorg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>esehenes Arbeitspensum:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text16"/>
+            <w:name w:val="Text89"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="30" w:name="Text89"/>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
-[...34 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
-[...17 lines deleted...]
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> % oder Stunden/Woche </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="Text64"/>
+            <w:name w:val="Text90"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="Text64"/>
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
+      <w:bookmarkStart w:id="31" w:name="Text90"/>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
-[...34 lines deleted...]
-      <w:r w:rsidR="00C63992" w:rsidRPr="008835CD">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="32"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
-    <w:p w:rsidR="00AC2BB0" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="00CE4FFA">
+    <w:p w14:paraId="0F417D82" w14:textId="3F812A01" w:rsidR="00406F31" w:rsidRPr="004F34FB" w:rsidRDefault="00406F31" w:rsidP="00406F31">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="31" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="196"/>
+          <w:tab w:val="left" w:pos="480"/>
           <w:tab w:val="left" w:pos="1701"/>
-          <w:tab w:val="left" w:pos="6600"/>
-          <w:tab w:val="right" w:leader="dot" w:pos="9071"/>
+          <w:tab w:val="left" w:pos="2268"/>
+          <w:tab w:val="left" w:pos="2694"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="left" w:pos="6096"/>
+          <w:tab w:val="left" w:pos="6521"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-          <w:szCs w:val="18"/>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bemerkungen: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val=""/>
+            <w:name w:val="Text91"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
-[...2 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:bookmarkStart w:id="32" w:name="Text91"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
-      <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
-[...8 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
-[...42 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="32"/>
     </w:p>
-    <w:p w:rsidR="001619DF" w:rsidRPr="008835CD" w:rsidRDefault="001619DF" w:rsidP="001619DF">
+    <w:p w14:paraId="324423BD" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006A1354" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="006A1354">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7B1BDACE" w14:textId="0407CBAD" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008A5AB2">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Einschätzung der Arbeitsfähigkeit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (Zutreffendes bitte ankreuzen)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="76A61D2C" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
         <w:t>unklar</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
         <w:t>schwach</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
         <w:t>stark</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
         <w:t>sehr stark</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="5DBA296D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Selbständigkeit</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="33" w:name="Kontrollkästchen39"/>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="33"/>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="34" w:name="Kontrollkästchen40"/>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="34"/>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="35" w:name="Kontrollkästchen41"/>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="35"/>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="36" w:name="Kontrollkästchen42"/>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="36"/>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="49D431F5" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Zuverlässigkeit</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="6C8D6B67" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Lernfähigkeit</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="085E41BD" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Leistungsfähigkeit</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="001619DF">
+    <w:p w14:paraId="230C91C1" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="4" w:color="auto"/>
           <w:between w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
           <w:bar w:val="dotted" w:sz="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3402"/>
           <w:tab w:val="center" w:pos="5103"/>
           <w:tab w:val="center" w:pos="6804"/>
           <w:tab w:val="center" w:pos="8505"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Sozialverhalten</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen39"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen40"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen41"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen42"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="001619DF">
+    <w:p w14:paraId="573F3E29" w14:textId="5935414D" w:rsidR="00406F31" w:rsidRDefault="00406F31">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D851C8" w14:textId="77777777" w:rsidR="00DB1F5D" w:rsidRPr="004F34FB" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5280"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ziel des Arbeitseinsatzes:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="001619DF">
+    <w:p w14:paraId="75C62DF6" w14:textId="77777777" w:rsidR="00DB1F5D" w:rsidRPr="008835CD" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5280"/>
         </w:tabs>
-        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="009B1B75" w:rsidP="001619DF">
-[...30 lines deleted...]
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="00832203">
+    <w:p w14:paraId="4EDE1B12" w14:textId="29212043" w:rsidR="00DB1F5D" w:rsidRPr="008835CD" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:pBdr>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
@@ -8900,1213 +8330,1224 @@
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:noProof/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00832203" w:rsidRPr="008835CD">
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00832203" w:rsidRPr="008835CD" w:rsidRDefault="00832203" w:rsidP="00832203">
+    <w:p w14:paraId="39C1602D" w14:textId="77777777" w:rsidR="00DB1F5D" w:rsidRPr="008835CD" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:pStyle w:val="Textkrper"/>
         <w:pBdr>
           <w:bottom w:val="dotted" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="003D566B">
+    <w:p w14:paraId="4A9361A2" w14:textId="77777777" w:rsidR="00DB1F5D" w:rsidRPr="008835CD" w:rsidRDefault="00DB1F5D" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0081111E" w:rsidRPr="008835CD" w:rsidRDefault="0081111E" w:rsidP="003D566B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="661BC28A" w14:textId="29059C05" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00406F31">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="004F34FB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Aufnahmekriterien</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
-[...19 lines deleted...]
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="0081111E">
+    <w:p w14:paraId="52030F02" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
         </w:tabs>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>Die</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D1CEF" w:rsidRPr="008835CD">
+        <w:t>Die Gesuchstellerin / der Gesuchssteller ist</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> Gesuchstellerin / der Gesuchssteller</w:t>
+        <w:tab/>
+        <w:t>ja</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> ist</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:tab/>
         <w:t>nein</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="5A63A8A0" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>zwischen 18 und 65 Jahren</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="3C48E75B" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bereit, wenn möglich einer geregelten Tätigkeit nachzugehen</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="53E050BE" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="40"/>
+          <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
           <w:tab w:val="left" w:pos="7797"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
+        <w:adjustRightInd w:val="0"/>
+        <w:snapToGrid w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>frei von suchtfördernden Substanzen (inkl. THC-freies Cannabis)</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
         <w:t>und illegalen Drogen</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="5F867C30" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bereit, Abmachungen einzuhalten</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
-[...4 lines deleted...]
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
+        <w:rPr>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="45571E3F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="39"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="7655"/>
           <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>bereit, eine psychotherapeutische Behandlung weiter zu führen</w:t>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Kontrollkästchen1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:r>
-      <w:r w:rsidR="008835CD" w:rsidRPr="008835CD">
+      <w:r w:rsidR="00B71E93">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="3A302470" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00896137" w:rsidRPr="008835CD" w:rsidRDefault="00896137" w:rsidP="004D1CEF">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="63F2B673" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Ausschlusskriterien</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="00896137">
+    <w:p w14:paraId="714E4AD7" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Nicht aufgenommen werden können</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="639A1DFA" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="41"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Klientinnen und Klienten mit einer akuten Suchtproblematik</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="2A7CF409" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="41"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Menschen mit gewalttätigem oder kriminellem Verhalten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="004D1CEF">
+    <w:p w14:paraId="16AACC8C" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="41"/>
+          <w:numId w:val="16"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="720"/>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
-        <w:adjustRightInd/>
-        <w:snapToGrid/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Personen mit akuter Selbstgefährdung</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="003D566B">
+    <w:p w14:paraId="1611BE62" w14:textId="77777777" w:rsidR="008F350F" w:rsidRDefault="008F350F" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004D1CEF" w:rsidRPr="008835CD" w:rsidRDefault="004D1CEF" w:rsidP="003D566B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7866F433" w14:textId="5936601B" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...32 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Die Klientin/der Klient</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2170"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3236"/>
+        <w:gridCol w:w="2202"/>
+        <w:gridCol w:w="2044"/>
+        <w:gridCol w:w="1658"/>
+        <w:gridCol w:w="3307"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1B75" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="004F34FB" w14:paraId="3E693E30" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="20B3388C" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Name, Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7009" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="168D1B9E" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="004F34FB" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text67"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="37" w:name="Text67"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
               <w:rPr>
                 <w:noProof/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="004F34FB">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="37"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="008835CD" w14:paraId="5271B282" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2202" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="66837D58" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:t>Datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2044" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="5D6C84DD" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="16"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
@@ -10130,220 +9571,228 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1658" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="273201B5" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:t xml:space="preserve">Unterschrift: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3307" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="00CF320C">
+          <w:p w14:paraId="4478340D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="003D566B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="34E02AD1" w14:textId="77777777" w:rsidR="008F350F" w:rsidRDefault="008F350F" w:rsidP="00380847">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="602ADA6D" w14:textId="77777777" w:rsidR="008F350F" w:rsidRDefault="008F350F" w:rsidP="00380847">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="003D566B">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="60C653C2" w14:textId="16D7642D" w:rsidR="00380847" w:rsidRPr="008F350F" w:rsidRDefault="00380847" w:rsidP="008F350F">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-        <w:rPr>
+      <w:r w:rsidRPr="008F350F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Die z</w:t>
-[...6 lines deleted...]
-        <w:t>uweisende Stelle</w:t>
+        <w:t>Die zuweisende Stelle</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="338823BA" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>(Psychiatrische Kliniken, Ärzte, Sozialdienste, Beratungsstellen, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DB4CB8" w:rsidRPr="008835CD" w:rsidRDefault="00DB4CB8" w:rsidP="003D566B">
+    <w:p w14:paraId="08CF5FC7" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008835CD">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Die zuweisende Stelle bestätigt mit Unterschrift die Vollständigkeit und Richtigkeit der Angaben.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="169A1A88" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="3000"/>
           <w:tab w:val="right" w:leader="dot" w:pos="9360"/>
         </w:tabs>
         <w:spacing w:line="320" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2173"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3262"/>
+        <w:gridCol w:w="2230"/>
+        <w:gridCol w:w="2160"/>
+        <w:gridCol w:w="1680"/>
+        <w:gridCol w:w="3595"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B1B75" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="008835CD" w14:paraId="220E8F81" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="30F88097" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Name, Vorname:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7435" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="00832203">
+          <w:p w14:paraId="4869E8A3" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="276" w:lineRule="auto"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text17"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="38" w:name="Text17"/>
             <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -10359,146 +9808,156 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="38"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text68"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="39" w:name="Text68"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="39"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B1B75" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="008835CD" w14:paraId="048CD818" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="23A41CFC" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="260" w:lineRule="exact"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Adresse/PLZ/Ort:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7435" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="69F8B035" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Kopfzeile"/>
               <w:tabs>
+                <w:tab w:val="clear" w:pos="4678"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="4680"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9480"/>
               </w:tabs>
               <w:spacing w:line="260" w:lineRule="exact"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text18"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="40" w:name="Text18"/>
             <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
@@ -10514,186 +9973,192 @@
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="40"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text69"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="41" w:name="Text69"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="41"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text70"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="42" w:name="Text70"/>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="0081111E" w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="42"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="008835CD" w14:paraId="21F1EF05" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2230" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="2A4AC758" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>Datum:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="11CE3E68" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text19"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="16"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="43" w:name="Text19"/>
             <w:r w:rsidRPr="008835CD">
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
@@ -10713,1965 +10178,1001 @@
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="008835CD">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="43"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1680" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="303CE18A" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
             <w:r w:rsidRPr="008835CD">
               <w:t xml:space="preserve">Unterschrift: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="2AA54918" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:spacing w:before="360"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="596B495D" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="008835CD" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:pStyle w:val="Kopfzeile"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2137"/>
-        <w:gridCol w:w="6924"/>
+        <w:gridCol w:w="2250"/>
+        <w:gridCol w:w="7415"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidTr="00832203">
+      <w:tr w:rsidR="00380847" w:rsidRPr="00406F31" w14:paraId="5F3A0B60" w14:textId="77777777" w:rsidTr="00013E5D">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2250" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="03EA579F" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
-                <w:sz w:val="18"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-              <w:t>bei Rückfragen)</w:t>
+              <w:t>Telefonnummer: (bei Rückfragen)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7415" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+          <w:p w14:paraId="50301247" w14:textId="3CD49D82" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00013E5D">
             <w:pPr>
               <w:pStyle w:val="Textkrper"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="851"/>
               </w:tabs>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text20"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="44" w:name="Text20"/>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
               <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="008835CD">
+            <w:r w:rsidRPr="00406F31">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+              </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="44"/>
-            <w:r w:rsidRPr="008835CD">
-[...1 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="50D35D0E" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="57A5D39A" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
         <w:t>Anmeldungen bitte an:</w:t>
       </w:r>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
         <w:tab/>
         <w:t>Stiftung Helsenberg</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="0FB39BE8" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
         <w:ind w:left="2760"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00406F31">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Werkstätten</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="00D35F94" w:rsidP="00D35F94">
+    <w:p w14:paraId="7870C867" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
         <w:ind w:left="2760"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Willigen, </w:t>
-[...6 lines deleted...]
-        <w:t>CH-3860 Meiringen</w:t>
+        <w:t>Willigen, CH-3860 Meiringen</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="19C50F4E" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
         <w:ind w:left="2760"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">Telefon +41 33 972 </w:t>
-[...6 lines deleted...]
-        <w:t>82 15</w:t>
+        <w:t>Telefon +41 33 972 82 15</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="37E8EECA" w14:textId="77777777" w:rsidR="00380847" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00380847">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
         <w:ind w:left="2760"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008835CD">
+      <w:r w:rsidRPr="00406F31">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Telefax </w:t>
       </w:r>
       <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="phone">
         <w:smartTagPr>
           <w:attr w:uri="urn:schemas-microsoft-com:office:office" w:name="ls" w:val="trans"/>
         </w:smartTagPr>
-        <w:r w:rsidRPr="008835CD">
+        <w:r w:rsidRPr="00406F31">
           <w:rPr>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>+41 33 972 82 20</w:t>
         </w:r>
       </w:smartTag>
     </w:p>
-    <w:p w:rsidR="003D566B" w:rsidRPr="008835CD" w:rsidRDefault="003D566B" w:rsidP="003D566B">
+    <w:p w14:paraId="6F04DA33" w14:textId="00FC6FC8" w:rsidR="008F52AF" w:rsidRPr="00406F31" w:rsidRDefault="00380847" w:rsidP="00DB1F5D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3686"/>
         </w:tabs>
         <w:ind w:left="2760"/>
         <w:rPr>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00406F31">
+        <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>@stiftung-helsenberg.ch</w:t>
+        <w:tab/>
+        <w:t>werkstaetten.helsenberg@stiftung-helsenberg.ch</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00155ED1" w:rsidRPr="008835CD" w:rsidRDefault="00155ED1" w:rsidP="003D566B"/>
-[...3 lines deleted...]
-      <w:type w:val="continuous"/>
+    <w:sectPr w:rsidR="008F52AF" w:rsidRPr="00406F31" w:rsidSect="00B71679">
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="2495" w:right="1134" w:bottom="426" w:left="1701" w:header="1134" w:footer="271" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="567" w:bottom="567" w:left="1418" w:header="851" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3">
-      <w:r w:rsidRPr="008835CD">
+    <w:p w14:paraId="06EA2EEC" w14:textId="77777777" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00F657BF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3">
-      <w:r w:rsidRPr="008835CD">
+    <w:p w14:paraId="438A5158" w14:textId="77777777" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00F657BF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...38 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Nunito Sans">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Nunito Sans Regular">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="ADLaM Display">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3" w:rsidP="008B609A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="4955"/>
+      <w:gridCol w:w="4956"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="00D87864" w14:paraId="4ACB50A8" w14:textId="77777777" w:rsidTr="00D87864">
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="4955" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="4598FB5D" w14:textId="77777777" w:rsidR="00D87864" w:rsidRDefault="00B71E93" w:rsidP="00D46FF3">
+          <w:pPr>
+            <w:pStyle w:val="Fuzeile"/>
+          </w:pPr>
+          <w:sdt>
+            <w:sdtPr>
+              <w:alias w:val="DatePublisher"/>
+              <w:tag w:val="primedocs.Field=DatePublisher"/>
+              <w:id w:val="-69432451"/>
+              <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/DatePublisher[1]" w:storeItemID="{8D0CA309-FE1F-4433-8B2F-2FAA53FA0EA6}"/>
+              <w15:color w:val="3366FF"/>
+              <w:text w:multiLine="1"/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:r w:rsidR="00320891">
+                <w:t>21.01.2026 / Bruno Bissegger</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:p>
+      </w:tc>
+      <w:sdt>
+        <w:sdtPr>
+          <w:alias w:val="PageNumber"/>
+          <w:tag w:val="primedocs.Field=PageNumber"/>
+          <w:id w:val="-1448386654"/>
+          <w15:color w:val="3366FF"/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:tc>
+            <w:tcPr>
+              <w:tcW w:w="4956" w:type="dxa"/>
+            </w:tcPr>
+            <w:p w14:paraId="18F003B7" w14:textId="77777777" w:rsidR="001E5717" w:rsidRDefault="004F34FB">
+              <w:pPr>
+                <w:pStyle w:val="Fuzeile"/>
+                <w:jc w:val="right"/>
+              </w:pPr>
+              <w:r>
+                <w:t xml:space="preserve">Seite </w:t>
+              </w:r>
+              <w:r>
+                <w:fldChar w:fldCharType="begin"/>
+              </w:r>
+              <w:r>
+                <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
+              </w:r>
+              <w:r>
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
+              <w:r>
+                <w:t>1</w:t>
+              </w:r>
+              <w:r>
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+              <w:r>
+                <w:t xml:space="preserve"> von </w:t>
+              </w:r>
+              <w:r w:rsidR="00B71E93">
+                <w:fldChar w:fldCharType="begin"/>
+              </w:r>
+              <w:r w:rsidR="00B71E93">
+                <w:instrText>NUMPAGES  \* Arabic  \* MERGEFORMAT</w:instrText>
+              </w:r>
+              <w:r w:rsidR="00B71E93">
+                <w:fldChar w:fldCharType="separate"/>
+              </w:r>
+              <w:r>
+                <w:t>1</w:t>
+              </w:r>
+              <w:r w:rsidR="00B71E93">
+                <w:fldChar w:fldCharType="end"/>
+              </w:r>
+            </w:p>
+          </w:tc>
+        </w:sdtContent>
+      </w:sdt>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="74E21A50" w14:textId="77777777" w:rsidR="00D87864" w:rsidRDefault="00B71E93" w:rsidP="00345573">
     <w:pPr>
-      <w:pStyle w:val="Fuzeile"/>
+      <w:pStyle w:val="InvisibleLine"/>
     </w:pPr>
-    <w:r w:rsidRPr="008835CD">
-[...259 lines deleted...]
-    </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3">
-      <w:r w:rsidRPr="008835CD">
+    <w:p w14:paraId="6568D0C8" w14:textId="77777777" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00F657BF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3">
-      <w:r w:rsidRPr="008835CD">
+    <w:p w14:paraId="0A52DEA9" w14:textId="77777777" w:rsidR="00380847" w:rsidRDefault="00380847" w:rsidP="00F657BF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00C56CC3" w:rsidRPr="008835CD" w:rsidRDefault="00C56CC3">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:tbl>
+    <w:tblPr>
+      <w:tblW w:w="4901" w:type="pct"/>
+      <w:tblLayout w:type="fixed"/>
+      <w:tblCellMar>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+    </w:tblPr>
+    <w:tblGrid>
+      <w:gridCol w:w="6520"/>
+      <w:gridCol w:w="3205"/>
+    </w:tblGrid>
+    <w:tr w:rsidR="005B4D0E" w14:paraId="71F3C585" w14:textId="77777777" w:rsidTr="002E1EFD">
+      <w:trPr>
+        <w:trHeight w:val="1132"/>
+      </w:trPr>
+      <w:tc>
+        <w:tcPr>
+          <w:tcW w:w="6520" w:type="dxa"/>
+        </w:tcPr>
+        <w:p w14:paraId="469D7BE4" w14:textId="77777777" w:rsidR="005B4D0E" w:rsidRDefault="00B71E93" w:rsidP="00027365">
+          <w:pPr>
+            <w:pStyle w:val="Kopfzeile"/>
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+          </w:pPr>
+        </w:p>
+      </w:tc>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:alias w:val="BriefkopfLogo"/>
+          <w:tag w:val="primedocs.Field=BriefkopfLogo"/>
+          <w:id w:val="-624240521"/>
+          <w:dataBinding w:prefixMappings="xmlns:primedocsFieldPartNamespace='https://schemas.primesoft-group.com/primedocs/FieldPart' " w:xpath="/primedocsFieldPartNamespace:PrimeDocsFieldPart[1]/Content[1]/Fields[1]/BriefkopfLogo[1]" w:storeItemID="{8D0CA309-FE1F-4433-8B2F-2FAA53FA0EA6}"/>
+          <w15:color w:val="3366FF"/>
+          <w:picture/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:tc>
+            <w:tcPr>
+              <w:tcW w:w="3205" w:type="dxa"/>
+            </w:tcPr>
+            <w:p w14:paraId="22A6BED5" w14:textId="77777777" w:rsidR="005B4D0E" w:rsidRDefault="004F34FB" w:rsidP="00C01B1F">
+              <w:pPr>
+                <w:pStyle w:val="Kopfzeile"/>
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+              </w:pPr>
+              <w:r>
+                <w:rPr>
+                  <w:noProof/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="58DBF129" wp14:editId="08BF9986">
+                    <wp:extent cx="2016000" cy="575564"/>
+                    <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                    <wp:docPr id="8" name="Bild 2"/>
+                    <wp:cNvGraphicFramePr>
+                      <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                    </wp:cNvGraphicFramePr>
+                    <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="2" name="Bild 2"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId1"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="2016000" cy="575564"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:p>
+          </w:tc>
+        </w:sdtContent>
+      </w:sdt>
+    </w:tr>
+  </w:tbl>
+  <w:p w14:paraId="2FED7ED8" w14:textId="77777777" w:rsidR="005B4D0E" w:rsidRPr="005B4D0E" w:rsidRDefault="00B71E93" w:rsidP="00027365">
     <w:pPr>
       <w:pStyle w:val="Kopfzeile"/>
+      <w:rPr>
+        <w:sz w:val="2"/>
+        <w:szCs w:val="2"/>
+      </w:rPr>
     </w:pPr>
-    <w:bookmarkStart w:id="45" w:name="LogoPn"/>
-[...70 lines deleted...]
-    <w:bookmarkEnd w:id="45"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="89DC59F2"/>
+    <w:tmpl w:val="71B0EF1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="7722D2C4"/>
+    <w:tmpl w:val="83ACF6D2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7E"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="A99071C0"/>
+    <w:tmpl w:val="67FED428"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7F"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="3D5669CC"/>
+    <w:tmpl w:val="99F259CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B1E42BE8"/>
+    <w:tmpl w:val="FCB2BCBC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF81"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="FC00358C"/>
+    <w:tmpl w:val="9D2C0868"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF82"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="428ED81A"/>
+    <w:tmpl w:val="5F26BFC6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF83"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="796CC6AC"/>
+    <w:tmpl w:val="A95A5B78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF88"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="A0EAA8DE"/>
+    <w:tmpl w:val="311434A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Listennummer"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF89"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="D1646934"/>
+    <w:tmpl w:val="A47CA7BE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="00A44778"/>
+    <w:nsid w:val="28120629"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2340AEDE"/>
+    <w:tmpl w:val="C1DCCA16"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift1"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...17 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="432" w:hanging="432"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift2"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2."/>
+      <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...17 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="576" w:hanging="576"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift3"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlText w:val="%1.%2.%3"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...17 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="720" w:hanging="720"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift4"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...17 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="864" w:hanging="864"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift5"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...20 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1008" w:hanging="1008"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift6"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1152" w:hanging="1152"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift7"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1296" w:hanging="1296"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift8"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1440" w:hanging="1440"/>
+      </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="berschrift9"/>
-      <w:suff w:val="space"/>
-      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-[...6 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="1584" w:hanging="1584"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1B891854"/>
-[...705 lines deleted...]
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DFE1C51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C56A0066"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="AEBE41FA">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
@@ -12766,67 +11267,63 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="32360B0C"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="403C792D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="021E9232"/>
-    <w:lvl w:ilvl="0" w:tplc="9CF00B7C">
+    <w:tmpl w:val="F6E8E81A"/>
+    <w:lvl w:ilvl="0" w:tplc="80CCB480">
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="MinutesTitle"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0807000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12857,762 +11354,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0807001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
-[...710 lines deleted...]
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DDD638C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DFA4141A"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13708,786 +11494,196 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="50AD40FD"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4ECA718D"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="18AE102A"/>
-[...368 lines deleted...]
-    <w:tmpl w:val="0780F74A"/>
+    <w:tmpl w:val="8D4066C6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Aufzhlungszeichen"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="397"/>
+          <w:tab w:val="num" w:pos="284"/>
         </w:tabs>
-        <w:ind w:left="397" w:hanging="397"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Aufzhlungszeichen2"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="794"/>
+          <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
-        <w:ind w:left="794" w:hanging="397"/>
+        <w:ind w:left="568" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Aufzhlungszeichen3"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1191"/>
+          <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="1191" w:hanging="397"/>
+        <w:ind w:left="852" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Aufzhlungszeichen4"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1588"/>
+          <w:tab w:val="num" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="1588" w:hanging="397"/>
+        <w:ind w:left="1136" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pStyle w:val="Aufzhlungszeichen5"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1985"/>
+          <w:tab w:val="num" w:pos="1418"/>
         </w:tabs>
-        <w:ind w:left="1985" w:hanging="397"/>
+        <w:ind w:left="1420" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2381"/>
+          <w:tab w:val="num" w:pos="1707"/>
         </w:tabs>
-        <w:ind w:left="2381" w:hanging="396"/>
+        <w:ind w:left="1704" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="2778"/>
+          <w:tab w:val="num" w:pos="1990"/>
         </w:tabs>
-        <w:ind w:left="2778" w:hanging="397"/>
+        <w:ind w:left="1988" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3175"/>
+          <w:tab w:val="num" w:pos="2274"/>
         </w:tabs>
-        <w:ind w:left="3175" w:hanging="397"/>
+        <w:ind w:left="2272" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3572"/>
+          <w:tab w:val="num" w:pos="2557"/>
         </w:tabs>
-        <w:ind w:left="3572" w:hanging="397"/>
+        <w:ind w:left="2556" w:hanging="284"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
-[...225 lines deleted...]
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5F0A4031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B742184E"/>
     <w:lvl w:ilvl="0" w:tplc="04070001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14581,2651 +11777,394 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...1455 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="37"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="42"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="41"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
-[...83 lines deleted...]
-    <w:abstractNumId w:val="23"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-  <w:stylePaneFormatFilter w:val="0004" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="1"/>
-  <w:defaultTabStop w:val="851"/>
-[...1 lines deleted...]
-  <w:consecutiveHyphenLimit w:val="3"/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:suppressBottomSpacing/>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
-  <w:docVars>
-[...60 lines deleted...]
-  </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="003D566B"/>
-[...783 lines deleted...]
-    <w:rsid w:val="00FF5EF6"/>
+    <w:rsidRoot w:val="00EB088A"/>
+    <w:rsid w:val="001510DE"/>
+    <w:rsid w:val="001E5717"/>
+    <w:rsid w:val="001E5817"/>
+    <w:rsid w:val="00214992"/>
+    <w:rsid w:val="002B5D9F"/>
+    <w:rsid w:val="002E1EFD"/>
+    <w:rsid w:val="00320891"/>
+    <w:rsid w:val="00380847"/>
+    <w:rsid w:val="00384271"/>
+    <w:rsid w:val="00403ADB"/>
+    <w:rsid w:val="00406F31"/>
+    <w:rsid w:val="00476323"/>
+    <w:rsid w:val="004F34FB"/>
+    <w:rsid w:val="0055266D"/>
+    <w:rsid w:val="00572FD3"/>
+    <w:rsid w:val="008A5AB2"/>
+    <w:rsid w:val="008F350F"/>
+    <w:rsid w:val="008F52AF"/>
+    <w:rsid w:val="008F6FAD"/>
+    <w:rsid w:val="00A3516C"/>
+    <w:rsid w:val="00A678D5"/>
+    <w:rsid w:val="00A92857"/>
+    <w:rsid w:val="00B71679"/>
+    <w:rsid w:val="00B71E93"/>
+    <w:rsid w:val="00BA0CFE"/>
+    <w:rsid w:val="00CE397B"/>
+    <w:rsid w:val="00DB1F5D"/>
+    <w:rsid w:val="00E45A41"/>
+    <w:rsid w:val="00EB088A"/>
+    <w:rsid w:val="00F657BF"/>
+    <w:rsid w:val="00FA0D83"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-CH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="phone"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="17409"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
-  <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C7A55F90-BCB3-441D-B112-503A65317A5D}"/>
+  <w14:docId w14:val="4E432B5D"/>
+  <w15:docId w15:val="{B34F7DC4-E1C1-4F9C-B647-7C17E376BA10}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="de-CH" w:eastAsia="de-CH" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...14 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -17260,55 +12199,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -17371,5037 +12310,1373 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00DB4CB8"/>
+    <w:rsid w:val="00302195"/>
     <w:pPr>
-      <w:adjustRightInd w:val="0"/>
-[...1 lines deleted...]
-      <w:spacing w:line="260" w:lineRule="atLeast"/>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-      <w:szCs w:val="24"/>
+      <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Standard"/>
-[...1 lines deleted...]
-    <w:autoRedefine/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="NunitoSansregular10"/>
+    <w:link w:val="berschrift1Zchn"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A02515"/>
+    <w:rsid w:val="007E6C24"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="240"/>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
-      <w:bCs/>
-      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Standard"/>
-    <w:next w:val="Standard"/>
+    <w:basedOn w:val="berschrift1"/>
+    <w:next w:val="NunitoSansregular10"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000A7BE1"/>
+    <w:rsid w:val="007E6C24"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="1"/>
-        <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Standard"/>
+    <w:basedOn w:val="berschrift2"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift3Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00E1117A"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="2"/>
-        <w:numId w:val="11"/>
       </w:numPr>
+      <w:ind w:left="851" w:hanging="851"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:link w:val="berschrift4Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift5Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="4"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="26"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift6Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="5"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift7Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="6"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift8Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="7"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:iCs/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="berschrift9Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:rsid w:val="00467807"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:ilvl w:val="8"/>
         <w:numId w:val="11"/>
       </w:numPr>
+      <w:spacing w:before="40"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...1 lines deleted...]
-      <w:szCs w:val="22"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="Tabellenraster">
-[...2 lines deleted...]
-    <w:rsid w:val="0085750D"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
+    <w:name w:val="Überschrift 1 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007E6C24"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Nunito Sans Regular" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Nunito Sans Regular" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
-    <w:tblPr>
-[...12 lines deleted...]
-    </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Kopfzeile">
-[...3 lines deleted...]
-    <w:rsid w:val="009D48A4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007E6C24"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Nunito Sans Regular" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Nunito Sans Regular" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Fuzeile">
-[...10 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift3Zchn">
+    <w:name w:val="Überschrift 3 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00E1117A"/>
     <w:rPr>
-      <w:sz w:val="16"/>
+      <w:rFonts w:ascii="Nunito Sans Regular" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Nunito Sans Regular" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift4Zchn">
+    <w:name w:val="Überschrift 4 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift5Zchn">
+    <w:name w:val="Überschrift 5 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift6Zchn">
+    <w:name w:val="Überschrift 6 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift7Zchn">
+    <w:name w:val="Überschrift 7 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift8Zchn">
+    <w:name w:val="Überschrift 8 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift9Zchn">
+    <w:name w:val="Überschrift 9 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00467807"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="21"/>
+      <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00DE409C"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00572A13"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="851"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9344"/>
+      </w:tabs>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis2">
     <w:name w:val="toc 2"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:autoRedefine/>
-    <w:rsid w:val="005E7E3B"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00572A13"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="851"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9344"/>
+      </w:tabs>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
+    <w:rPr>
+      <w:noProof/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Verzeichnis3">
     <w:name w:val="toc 3"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00DE409C"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00572A13"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="851"/>
+        <w:tab w:val="right" w:leader="dot" w:pos="9344"/>
+      </w:tabs>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="851" w:hanging="851"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
-    <w:rsid w:val="00245F4B"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00572A13"/>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...4 lines deleted...]
-      <w:lang w:val="de-CH"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
-[...2 lines deleted...]
-    <w:rsid w:val="009D48A4"/>
+  <w:style w:type="character" w:styleId="Fett">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="007C2714"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00E1117A"/>
     <w:pPr>
-      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00776B6C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00776B6C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="2"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:ind w:left="851"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen4">
+    <w:name w:val="List Bullet 4"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00776B6C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="3"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:ind w:left="1135"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Aufzhlungszeichen5">
+    <w:name w:val="List Bullet 5"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00776B6C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="4"/>
+        <w:numId w:val="12"/>
+      </w:numPr>
+      <w:ind w:left="1418"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="KeinLeerraum">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00776B6C"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Inhaltsverzeichnisberschrift">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="berschrift1"/>
+    <w:next w:val="Standard"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00A50937"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="0"/>
+      </w:numPr>
+      <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Tahoma"/>
+      <w:b w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="RGV-berschrift">
+    <w:name w:val="toa heading"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A50937"/>
+    <w:pPr>
+      <w:spacing w:before="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="959490" w:themeColor="accent1"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Kopfzeile">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D07B90"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4678"/>
+        <w:tab w:val="right" w:pos="9354"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:rsid w:val="00D07B90"/>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Fuzeile">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00223527"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4678"/>
+        <w:tab w:val="right" w:pos="9354"/>
+      </w:tabs>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
       <w:sz w:val="14"/>
-      <w:szCs w:val="16"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00223527"/>
+    <w:rPr>
+      <w:sz w:val="14"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BesuchterLink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FA3D57"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Beschriftung">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="009D48A4"/>
+    <w:rsid w:val="00FA3D57"/>
     <w:pPr>
-      <w:keepLines/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...2 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
-  </w:style>
-[...257 lines deleted...]
-    <w:rsid w:val="00DE409C"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
+    <w:link w:val="TitelZchn"/>
+    <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="009D77D2"/>
+    <w:rsid w:val="007C4623"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="959490" w:themeColor="accent1"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
-[...2 lines deleted...]
-    <w:rsid w:val="00E02052"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitelZchn">
+    <w:name w:val="Titel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Titel"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007C4623"/>
     <w:rPr>
-      <w:sz w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="959490" w:themeColor="accent1"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Untertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
-    <w:qFormat/>
-    <w:rsid w:val="00E00A1D"/>
+    <w:link w:val="UntertitelZchn"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007C4623"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UntertitelZchn">
+    <w:name w:val="Untertitel Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Untertitel"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007C4623"/>
+    <w:rPr>
+      <w:spacing w:val="15"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="InvisibleLine">
+    <w:name w:val="InvisibleLine"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="002E6C40"/>
+    <w:pPr>
+      <w:spacing w:line="14" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="2"/>
+      <w:szCs w:val="2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StandardFett">
+    <w:name w:val="StandardFett"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00B6599C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="ADLaM Display" w:hAnsi="ADLaM Display"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="StandardKursiv">
+    <w:name w:val="StandardKursiv"/>
+    <w:basedOn w:val="Standard"/>
+    <w:rsid w:val="00CE7BF1"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NunitoSansregular10">
+    <w:name w:val="Nunito Sans regular 10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C13BA9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NunitoSansregular8">
+    <w:name w:val="Nunito Sans regular 8"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BF6840"/>
+    <w:pPr>
+      <w:spacing w:after="200"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Nunitobold">
+    <w:name w:val="Nunito bold"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BF6840"/>
+    <w:pPr>
+      <w:spacing w:after="280"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NunitoSansregularFusszeile">
+    <w:name w:val="Nunito Sans regular Fusszeile"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CC1C8F"/>
+    <w:pPr>
+      <w:spacing w:line="200" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="14"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NunitoProtokollTitel">
+    <w:name w:val="Nunito Protokoll Titel"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="NunitoSansregular10"/>
+    <w:rsid w:val="00BD3C34"/>
+    <w:pPr>
+      <w:spacing w:before="40"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesList">
+    <w:name w:val="MinutesList"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="MinutesListFollowing"/>
+    <w:rsid w:val="00540ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesListFollowing">
+    <w:name w:val="MinutesListFollowing"/>
+    <w:basedOn w:val="MinutesList"/>
+    <w:rsid w:val="00540ADC"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="5103"/>
+      </w:tabs>
+      <w:ind w:left="2268"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Verzeichnis11">
+    <w:name w:val="Verzeichnis 11"/>
+    <w:basedOn w:val="Listennummer"/>
+    <w:next w:val="NunitoSansregular10"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00D17288"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="397"/>
+      </w:tabs>
+      <w:spacing w:after="260"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesTitle">
+    <w:name w:val="MinutesTitle"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="MinutesItem"/>
+    <w:rsid w:val="00C45C57"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="13"/>
+      </w:numPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="397"/>
+      </w:tabs>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="397" w:right="113" w:hanging="397"/>
+    </w:pPr>
+    <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextTogether">
-    <w:name w:val="TextTogether"/>
+  <w:style w:type="paragraph" w:styleId="Listennummer">
+    <w:name w:val="List Number"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="005E7E3B"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00D17288"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Fett">
-[...23 lines deleted...]
-    <w:rsid w:val="00E00A1D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesItem">
+    <w:name w:val="MinutesItem"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:rsid w:val="001A5CAD"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:ind w:left="397"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Gruformel">
-[...2 lines deleted...]
-    <w:rsid w:val="00E00A1D"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesTitle2">
+    <w:name w:val="MinutesTitle2"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="MinutesItem2"/>
+    <w:rsid w:val="00986A60"/>
     <w:pPr>
-      <w:keepNext/>
-      <w:keepLines/>
+      <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Separator">
-[...3 lines deleted...]
-    <w:rsid w:val="000F79CA"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MinutesItem2">
+    <w:name w:val="MinutesItem2"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00986A60"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listenabsatz">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="NunitoSansregular10"/>
+    <w:next w:val="NunitoSansregular10"/>
+    <w:autoRedefine/>
+    <w:uiPriority w:val="34"/>
+    <w:rsid w:val="00FD64B4"/>
     <w:pPr>
-      <w:pBdr>
-[...1 lines deleted...]
-      </w:pBdr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="397"/>
+      </w:tabs>
+      <w:spacing w:after="260"/>
+      <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Topic300">
-[...42 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:styleId="Platzhaltertext">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00215BFB"/>
+    <w:rPr>
+      <w:vanish/>
+      <w:color w:val="D55E00"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hervorhebung">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
-    <w:rsid w:val="00245F4B"/>
+    <w:rsid w:val="00380847"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:iCs/>
       <w:lang w:val="de-CH"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="BesuchterHyperlink">
-[...179 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Textkrper">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="009D48A4"/>
-[...251 lines deleted...]
-    <w:rsid w:val="00245F4B"/>
+    <w:link w:val="TextkrperZchn"/>
+    <w:rsid w:val="00380847"/>
     <w:pPr>
       <w:adjustRightInd w:val="0"/>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
-[...3296 lines deleted...]
-      <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Listenabsatz">
-[...8 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkrperZchn">
+    <w:name w:val="Textkörper Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Textkrper"/>
+    <w:rsid w:val="00380847"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Verdana" w:eastAsia="Times New Roman" w:hAnsi="Verdana" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Larissa">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="992B34"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="BCBCBA"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="959490"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E3BDB8"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="C58773"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="AC6058"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="7C2723"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="641F0C"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="fontScheme1">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Nunito Sans"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Nunito Sans"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
-[...28 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Larissa">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/Formulas">eNp7v3u/jVt+UW5pTmKxgr4dAD33Bnw=</officeatwork>
+<PrimeDocsBasicPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/BasicPart" templateId="c3ff722c-2b25-4368-91fd-83d4cdc595a6" colorThemeId="Red" profile="3210218c-7faf-448c-a504-54620507ef3d" lcid="2055"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<officeatwork xmlns="http://schemas.officeatwork.com/MasterProperties">eNrtmeFu2jAQx18lijRp0zRIzBhF6qK1dKhU0KLSqtI0qTLJkXh17My+rON99hb7sA97oL3CDKGoLUmgjO5TPlRU9t3f57ufzyH8+flrf0A1ghoqmYDC6QhQe6tjVu/olMbw3ratAx/ZN/MfqhRsawQcfISgK9VZikmKi4lHGgxWVJeS5+CzhIFA49RlwAO9+LSy+cveke0RxyVOi7xzm8RpNBtNZ6/dcsh+fW740D7Ttb2PcTL5/UOEoHLNlssOOWXiUvgRNbaB7b1xy+2zBKy36/lS2F5HCqQ+5poOaJIwEV7QMYc+HQM3GVhnd7d6ruERcDOppmcJstniGxiRAquOjBMqpoUaCVUYZ0XLM7hgyIui7DKlMatR/nZZEHAoMejTUv9ROpmw70WLp5yX+J7IcVnoB0GgQOsRKgAst/nUG5YbdBhOyy1KSsMBodzqLlQDjqGLiaItXZgTnESycL5Li1L5cUAZL4wxmV7IgsmeQCWD1C+BtMOlNpEXxSRVTHHWdkw1V9NQv2sj9Yctp7AFnamQCqbpIqCSLuQ0XOLuuS3SbpD2uwZp7rXelnahEbIJpiK0joFrEGNQoXXAeQgxMFF+8nJc8x3mIA2AKZMxEOuq/PqtazUaVrtFrD3Xct3iqt+3JBZx8g+jDGVHcqn6YCqibO/FbES/+Hx0PTqudWvEdZwaMd26dhtPChUOOfVvriKGkCujb7fUIStC5MlK5iKZJfi+jpkUNzJmeL1FZHO9R4EZJFHeSM4zZRkJ2EZ6Xrb7uhP6fRudARMpgt5lkH0qAu3TBPIyef01BZVpzNWKhLpSmqKeUqXkre2d3j9CTz70BylGUu36uPtRLP0bUNaJSc+Tr8ZMZOZqLZVK74CNHbqpWPTbQ0DFYKw5mEIra9Mu0xMMGeWmz2r/S/5DAVPmWXC42mWaVssp8di81yxunNl2a8vtftCLHbyJljuo+VH+owELBcVUwTELo3PQh1eGxuWgQdLsrTa6qrUMgw3zF7LJ9oBlGcOKsYqxZ2Ns8fXCDOrdP7pUnFWc5XH2IDkVchVy/wu57LtoBVwF3H8CbvGGoyKuIu45iFvquhVkFWTPDRnZMWQv+wDq1ZZwbYDTGoDW4LGejXUsPPmld15Z/+E6SjXKeO61q8INRtkLNNtzto/r1Cj8Q0DF69VXfzKsr/wSmTemvb+8b4aU</officeatwork>
-[...3 lines deleted...]
-<officeatwork xmlns="http://schemas.officeatwork.com/Document">eNp7v3u/jUt+cmlual6JnU1wfk5pSWZ+nmeKnY0+MscnMS+9NDE91c7IwNTURh/OtQnLTC0HqoVScJMAxiof0g==</officeatwork>
+<PrimeDocsFieldPart xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="https://schemas.primesoft-group.com/primedocs/FieldPart">
+  <Content xmlns="">
+    <Fields>
+      <Forms>
+        <LogoBriefkopf>Logo farbig</LogoBriefkopf>
+        <Date UnformattedValue="2026-01-21">21. Januar 2026</Date>
+      </Forms>
+      <Profile>
+        <Org>
+          <Logo>iVBORw0KGgoAAAANSUhEUgAAApYAAAC9CAYAAAAJBj3WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAACjcSURBVHhe7d3NleQ2soDR2dZuTBgT1B7IBJkgE8aEMUEmzKb3MmFMkAkyQR7onagD1GMHgIjAH5NMfouro0aRIIgEiUiAYP7j77///sfTfP/49tP3j2+/f//49h/9tyf7/vHt1+8f3/7+/vHtr+8f3/6l/w4AAGApEt7d949v//z+8e3PFECJn/U2TySB5KFOBEE3AADoUiS8u+8f335TAdT/9DZPJPWg6uUPvQ0AAIClSHhnMjqpgqdPerun+f7x7RddJwnT4QAAIKxIeGdqCvzoF73tU1QeDTj6t94eAACgpUh4V/LMYCVwyn7T2z+FUy9MhwMAgLAi4R2lVeA6aDr6U+/zBJUFOzVMhwMAgJAi4R3JyFslYNIeF0BVFuzUMB0OAABCioR340z1PjaAMhbsaEyHAwCAkCLhnQSnerPf9f7vzFiwU/O40VwAANCvSHgnwane7C+9/7vqGMXNHjWaCwAAxhQJ70KCoUqA5Hn7X+FJo7jyk4363C1MhwMAAFeR8A4Ggyfx9q8dSr+Rrs87gulwAABgKhLeQecU+NFbj8y1fnkoiOlwAABgKhLurmO1c8vbjsx1LtjR3jroBgAA84qEO0s/TzgyBX70q873HQws2Kl526AbAADMKxLubOL5waP/6nzvbuKZU43pcAAA0FQk3NWCKfDs7V47tCjgFkyHAwCApiLhjtIU+Mzzg9pP+hh3Nblgp+af+hgAAACiSLgjeU1QJQCa8R99jLtaHHCLt3wGFQAAzCsS7mbDiJz4nz7OHS1asKM96qcvAQBAXJFwJxumwI9uPeW7cMFOza3rBgAA7FEk3MmGKfCjX/Tx7iSwYEeCzp9kQU7lbx6mwwEAQKFIuIsUFOmAZ6XbvnYo+HjAZ3A4OF3OdDgAACgUCXcxONLW4099zLsIPB7wdW7BILSG6XAAAPCDIuEOBkfZRtzutUPBuvma5k/Pqeq/RzAdDgAAflAkXN0JU+BHt/qlmeCCnWLFe2CfGqbDAQDAD4qEq5PAqBLk9JJASqaAvYDqVsFTYMGO+Lmy32idMh0OAAC+FAlXJiOIleBmxOdUsCzQqfztB7oMVxV8VrIYrUz7RqbPa5gOBwAAX4qEqwpO80Z8BVfBQPUWrx0KLNgRxWhl2nf0d9ZvNaILAAD2KhKuamK6VvsKroKjfL/pslxNcMSx+fqkyedWmQ4HAACfioQrkinXSkAzopgKrmyjXfq1Qx0juf/S+6p89PZRTIcDAIBPRcLVpNfhRAKniGIqOPg+TDMoe6Xggp3maOUhn9ERYabDAQDApyLhaoKBU0Q1AIos4LnqqFxwKl+Ccjcwnvx5TKbDAQDAtQPLiUUlNdXgKriApxqUvlpwwc5/9H41wXpouWTgDQAAzlUkXMXiKfDmVHB01E/v92rBBTtSf6HRxGA9tFwy8AYAAOcqEq4iOEUdVR2tPBxLb19TPJ/5Kh1Bd2i08pCv3j9M5wUAAJ6nSLiCydEzrTlaeTheZAFPV5C2UzDoDo9WHvKNTK233OJ9nwAAYJ8i4dXSaNxMgHMUCq6Cgdofer9X6Ai6u597nFwo5QbwAADgvRUJrza5OlkLjTJ2LFxxg9TdgqOrQ+/eDD632XK551ABAMC5ioRX6hiNiwiNVnYet3sUcKWOAHionB310MJ0OAAAD1YkvFJwNC4qNFqZjivT73r/mpdN93Ys2Bmesk+/4qPz6/Gy+gEAAK9XJLzK5DSsFh6tPBw/8lzny6Z7g8+BiqnV68HgteVl9QMAAF6vSHiF7x/ffqoEKTO6p4I7Fq78pPfdrWOKuvgt9F4TP+2YMR0OAMBDFQmvsHgKfPfClX/rfXfrqJ+p0cp0rGg9tDAdDgDAQxUJZ+tYkBLVPVqZynHaqGCPjvpZUi6pv0rePZgOBwDgoYqEM6XFIjPP9GlDo5WpLNEFPKLr+c1RHQt2hPnrQlGLHktgOhwAgAcqEs604Hk+bSqgCS7gmT5OVMeCnaXTz5X8ey0tDwAAuIci4SwdU7xR01PBHQt4ftP7rtYxNS+WjFZmHc90trztdHgaZZe2K0G/98VIRptlG9lW9ln6Oe2URq6l7C1broE0Si9tX571FXJNHo97+uI5AEBckXCGDVPg4syFK8NT7lEdwd3yDr5jpNRyyqjuGVKwI4Fh9DOxyKi4tLNLB5mBLzbTX+SydD+QOonU7/R1DgDYp0g4Q8fIYNSSTi7QmR5tCww6RnO739cZ0XF8y1tMh6eAZ/WXoEwC+G3taEbgWpi+5lLA3vslhsASAC6sSNhNRrIqncWsJZ1N5wKeLa8d6lywE/51oR6BoCLi1tPhaSo4MoI2Sz7rLZ/jjEAbmAosU/7Rdn50uboCAPy/ImGnzqApaqqD0zrK97ved4WOEZwto5WiM8C23HI6PAWV0Xawijw/uOXzHLEzsJz8cklgCQAXViTstGEKXCydSkwdvD5Gld53VqAzP9oyYpp1rJC33G46fDCozIt0jvQ2EV2/817ZP5sOvgJtcSiw7Hy+WkaMc33mxTzV2QmjzofKCQAYUyTsEuioRiwPXDoW8IhqJzeqY+r1jMVDrY66x/ZyrtQxoi5B92/e569WOEc+2672XNk/u3Jg6bUr+bu8pL9r9NbId6icAIAxRcIOqYNdMQKmLR2tFJ3TdMtWZHcumBn6daEenQG25TavhwmMqEvQOVz3h9XPreDVDFS1yv7ZisAyB8Ut3Z9rIFgdHoUnsASAaygSdkijO/qGP6trdCcqdf76WC1dU5ctHSNl4pRRwM4A27Is+N4pEPTIiGPXKFpLYzV0dwBUKWM2HVjuUDnnZWUmsASAaygSVgt02CMkCFs+Wpl1BHliuhxOh6udsiCmM8C2nBIIz3I+g2VB5VG6NnJb6x4JrZQzmwrSdjGuq+k2QmAJANdQJKy2aQp8a8dpdFI13QGBOlZP4H1qJ1k5/qjuadOzGUGP6Jqi7pEC+KE3DFTKmW29PkY4v0E/PaptXLOnXjMA8HRFwkoLn9M72vaanayz3ENBweFYkUUd2bYAp8borHtNBw47OUHPkscddqiUNbtiYGl9gZoehTfaKoElAJyoSFjF6axnbO80O58vHH4ReOeCndM7yIXPxk5Pde7kBD3b29uoSlkvW2bny9r0FyYCSwC4hiJhlc6RuKjto5Vi4PnC7qnezgU7Q8eYlV77ossx6vTyRzmB5dSjDjtVypoRWP4/AksAOFGRsILTicwYfh1Jr86gr7sjdxaLaFtWwHucgKvXZafDnfN8aWCZvuToV/1kuqyZtC29bUtz8Zl1bL3tYZ9i28Rq7zJyr7fXPstZSc9aX2QlXW9bpc/lcE7Wq5ea9Rfh5B36Ej2aR5pVkrqXmYn8IvpM7uHyxXLq/KJSW5PjyXHltV/HskjbkXI2v5xadaC3BbBXkTBrYLQv6tTpVGMEpKZrVGTgMYFTbu41lbKMOvXz65E6IF3e7KUB8cYvaVnzS5F1bL3tYZ9i20U+y1lJX0afy+GcrPbRrL8IJ+9QUNSbRwrgehZVyr2wyGeFVJaee62Uu/iyZ9WB3hbAXkXCrM6bRI/iZrKT1alWdN10O+voJaOVmTESNKI54vBKTqD/0oC4sx2OaAZG1rH1tod9im0XIbBsiOaRtusJKDUZOWyOgPZI19zMvUXO4+t+YtWBPjaAvYqEGZ2LUXqc3rl3PF/YO1oZzVdsfV9nRODXaHq8dPTP4jz6cNojGJoV3C3SDIysY+ttD/sU2y5CYNkQyaPzvmOZfkvCwrKIzwEHqw708QHsVSSMSlPgVuc849TRSuGMYh2FA7+BBTtTndYKVnAx4PQvCFGBAPr0NigW139Ns41Zx9bbHvYptl2EwLLBy6PzLRcRw18QFweVmZxjsw50GQDsVSSM6pze7dE1IrhSpSxaV6fS+fqeU1bAe6wb9qCrTodHzlOCz1PLbwV3izTbsHVsve1hn2LbRQgsG5w8JJCzvszKlHJeJNMzTd59HXQGlTJNLmU6LuTR22Ryfs3gWZcDwF5Fwgjrol4gdHPdIXAzCwd+HSOg2VSHtUoaZdVlmzE82rGb83kfSacnQdf2tmmtzK6UK1u1Krw7sGyx8pJy6O1bKuX36mLFqnAr/6nr1Mm7WaaOPGrB4ucCmNr9K13vXjAqup79Ds5oyd+lnVhtUvqa2nVaS/uk8wCwV5HQa2B6t8fLRiuFM8LYNTVq3fgq5MZf3PRfZfHne+Xp8EjnVyPBS34lSigYWKFSjmwq2MmsYFBv67HyWlFnlTyz6XuIE7hN1bWTd6henDy00PPC6b5uLq7R+1gCj5rI38P3vJ7n+fW+APYqEnoFbhgzQjfWXYypm67OysinpSto3a0zKI7onkY7SxpZHgkuNflyINeG+f69GZVjZlPBTmYFg3pbj5XXiuu8kmfWda3WOIHbVF07eYfqxckjkzbd1Q4Dr46Lls/Lp2v085BvaKZM7wdgryKhR/TCHjTdIcwypq9DN9SUR++I7uVG9JygYMRlp8NF+txrU4gzpA3IqOb072JnlWNkU8FOZn3ueluPlVfP9dRSyTObvo84gdtUXTt5h+rFySMb+rLqvNg+dO5OHjIqGh6p1CIjl3ofAHsVCVEpYFrd+R41n7M5U6VcXd+unen0mqEOYKcNXyCmX1myW2rfEgz1fCmIkutG8h7uUFMZdb5ZqMP3WMGg3tZj5RUNoCyVPDMCy4k6cK790L3QuYZC52jx+iG9PYC9ioSogYCpR+iGdQY1DSw3yHDAa4x4tlwy4Bo4j4hwPb5SCjBlVMTsvAZJnsMjmJX8sqlgJ7OCQb2tx8prUXCh88yGg6pD3lbgNlXXTt6henHyCOfTUskvc+vWuXcsud95jxrp7QHsVSREBG5ksy4TdKgAuqsTGXg2caoD2KlS1lmhRQRXkjpJCTLl2cmVgebQowGVfLKudtpiBYN6W4+V14p2X8kzc4Mfj3O/m6prJ+9QvTh5TD9aU8kzc+vWmapecg/w3lyhtwewV5HgOWEK/DKjleLwbbjrBu19i65wb9KvNBAke5aMVrxSuhakU5egaTbY7G73lTyyqWAns4JBva3HyisaQFkqeWbT15UTuE3VtZN3qF6cPLrblWZc+27dOjNbXYuJLEYZu9sqgDlFgse5Uczqmmo+w+GmHZ6yHFiwI0KdyKs4D+CPutRnvYIKNpudXUPXCE5l/2wq2MmsYFBv67HyWtH2K3lmbvDjcQK3qbp28g7Vi5PHVPlS/q127NatsW93G7JY/ZLeFsBeRYLFeV5mhemb4A6RG6javnmTa/hd53E1zpTWqK5A6o4OL5xudrAHvS/d1/tnS64jKxjU23qsvKIBlKWSZ9Z17dbsDNycvEP14uQxVb6Uf6vtunVr7PuX3naG1b70tgD2KhIs3gtzJ3V1qlc1GHxffuTO6bxG3X46vEeqQ+8aCgfblX2z6WBCrOysrbyiAZSlkmfmBj8ep+1P1bWTd6henDymypfybwWHbt3O7NvDal96WwB7FQkt1oW7yPQN8AqMG2nL9DNQZ6mUfYXLB9UrBX7RJBxsV/bNllxL1jWvt/VYeUUDKEslz2w6gNkZuDl5h+rFyWOqfCn/1j3NrVtj365n1j1W+9LbAtirSKgZHIXr8S6jlb0LdsRtAqvJxSkt4RG6d+H9EonevkXvdzAdTIiVnbWVVzSAslTyzNzgx7MzcHPyDtWLk8dU+VL+reDQrVtj3+42ZLHal94WwF5FQo11c1jk9sHF4IKdodfMvMqmn+8Mj9C9E+eaCq2WreyXTQcTYmVnbeUVDaAslTwzN/jx7AzcnLxD9eLkMVW+lH+rrbp16yz6WzaYYN2b9LYA9ioStE2LNo6WTom8ysCCnduN0jrBwYzbjNqu4tRlNKDQ+2XTwYSwyqi39Vh5Rc/XUskzc4Mfz87Azfllm1C97Cxfyn8msLQ+9/CbNjzWbIreFsBeRcJRmrLrHYXrdbmfMOw1+KjA9A3/bE4HNuP2I9a9nA43GlDo/bIlbcsqo97WY+UVPV9LJc/MDX48TrufqusV9bKzfCn/mcDSCpyXPF/u3X/19gD2KhKOjBvKKu8yWtlbT7cbrRTes4ETHjcdvmKKsLJftqrDbgY9eluPlVc0gLJU8szc4MezM3CzpnCj9bKzfCn/1v3NrVvnV3GW3Aeda6m7rQKYUyRkgwtRer3DaOVIPd12hG7jCPZLp8NTBzjdyUWtmLrT+x24HX6EFQzqbT1WXtEAylLJM5uuC2dEbPg5aSfoEqF6uXJg6ewvhusv5W19Np/0PgD2KhLE4EKUXqGb0pUN1tOtR2mdTmLGS4Pt9AVBXgMUWjgzw/kyEn5ZfmXfbEkbs4JBva3HyisaQFlWBOoWnefB8Gi7UyciVC83CCyt9i5C56kFXt31Se8HYK8iQTjTM6sM3UyuZGDBjrj1KO3gOUcMd9ArqMBEznHL6GUaYbG+jITbh9Hhi+kA2Qp89LYeK68V9wKnLqYXiViB68hoe2SkLVovVw8sUx5W/cn10NVeo0Gl0PsC2KtIcB62XiV8Q7qqYMegLRlJeqXA6MOM7g56hUbHLJ2dBEPLyhQIKrueOXOeLZu+xqxgUG/rsfKKBlAWJ/8VdWF92Q6PMqe8vHaQheql0X6zqwSWkfuGfIZu+0/nqwPVZn3q/QHs9cM/Bqd2R4RumFdm3Gwt0yMnrzYYUEe9ZDrcCRqE/F06xqEgMy16soLAofMPdNZTi3isYE1v67HyWnE/CHwhnq0Lr65Dn10KiqL32FC93CGwTPl415mQupFrRT5POS/pk+SeI/8vr75rjVI225cuB4C9fvhHsPOb1XUzuqJAJ1Nz+/POKue2StfIzwoDK91lpEQ6SOnIpB1Ih1cjf5Mp9VZHqA21j0CQIkHBD0FxOmcpo5xD87grO2srr2gA5amMYmnyd7MuWiNmwS/dsn/1y2MKlGoBmlXmUL3cKLAMT193kn6rWQe6HAD2+vof68JcrOtZmqtJN0erM2gJdRJ3sKlzyKod+y4psBj5PFeS+hw6bydgi6q2TStvva3Hyqt1/F6DX/i0amCY8rfOQZM2JQGZ17as+26oXpw8LhNYprxWB5ef145VB7oMAPb6/M9EsNRrajrqCjo7l6z7Bnxlm0e2w4tXVkntf+c5WYaDykP5Zzvq6jSu1db1th4rr2gAFbGgLpqB2Ib75OerdirpWaherKDKOp+olYFlyk/qMTIt7pE8Pq8dqw708QHs9fmfjSt9taFn1K5iYNo0u/Uorbb5Zz5Pnw7PUufU6kR3mO70RcdikJbqFz4rGNTbeqy8ogFUxIIRMTNYWlDX2VedV/6WherFCqpWtDHjmjDrypMeDxgJ1KX+f/gCatWBPi6AvcwLcrFq53Unxg3Wcvvz1k5oM1MjeLPS+ckI5ooAokbyXvolK33pGQ2oqm8rsIJBva3HyisaQEWl4HLkWhV/6fy0FFyO1rX4Idir/D0L1YtzPV42sMwO15sXZH4uotP7H/LQ23/S2wLYSy7ImRtkj6Ud6dkCq05bbn3eNanj1ue5UrXzOFs6T/ncpdObvU5kfwmutraH9JxhT1kleK7++okVDOptPVZe0QCq12BdhL8Ipvy9YOio+oWisl0WqhcrqLpDYKml8zkq6kyzZlH0tgD2ql3EO9x+KviwerTH7c8bP0qfqwQUEijllcQ1+e+y/ekjsKm95nLqssmjL59l0/u9o911kUYwJbCp5S9pcuzT28CTGI9zvfSHF4AnKhIAALgTY+T4Zc9sA09VJAAAcBdpVkAHlFn1jQcA9ikSAADYYcfz0+mRAx1QZu7zmQDWKhIAAFjt8AJ7CQSHn2k9ct4/u2VxEQBbkQAAwGqVFfry+qChADP4owbNX1ECsE+RAADASs5zkLLwRlZ1u0FmWuEvK/Bbi3UyRiuBFykSAABYKTC6eCQjmzJdLiOa8rom2Vf+7QWTmbyPlGcrgRcpEgAAWKkyDb6LBJW8Pxh4oSIBAIDV0hT2rp9JFQSVwAUUCQAA7JAW3cj09uoAU6bL+XUj4AKKBAAAdpNV2ykgHA0yP3/bnecpgWspEgAAOFP6vfX8e+6yaEf/5vrxt91lSp0pb+CiigQAAABgRJEAAAAAjCgSAAAAgBFFAgAAADCiSAAAAABGFAkAAADAiCIBAAAAGFEkAAAAACOKBAAAAGBEkQA81eGXPwp62530sQ9+1dvejfz8XuW8sp/19ngG49q7fZsHnqZIAJ4q/WSc/j3iT3rbnfSxD/6nt70bCR4r55WdGsDjOoxr7/ZtHniaIgF4KqNzI7BchMASNca1d/s2DzxNkQA8ldG5EVguQmCJGuPau32bB56mSACeyujcCCwXIbBEjXHt3b7NA09TJABPZXRuBJaLEFiixrj2bt/mgacpEoCnMjo3AstFCCxRY1x7t2/zwNMUCcBTGZ0bgeUiBJaoMa6927d54GmKBOCpjM6NwHIRAkvUGNfe7ds88DRFAvBURudGYLkIgSVqjGvv9m0eeJoiAXgqo3MjsFyEwBI1xrV3+zYPPE2RADyV0bkRWC5CYIka49q7fZsHnqZIAJ7K6NwILBchsESNce3dvs0DT1MkAE9ldG4ElosQWKLGuPZu3+aBpykSgKcyOre3DSy/f3z71/ePb79IUPf949t/Ux1k8m9Jl7//U+874hWBZTrmv9O5/K7OUf4t6fL3n/W+O0hdnlnno1LbyPVWq7NfZRu93wjj2mu2eVWP+nPN5ftJ77ebam/HMuVyyd9OL5eWyqnb4J9SPr1t1CHP39R553Z9yjWG1yoSgKcyOre3CyxTp/tH5RgW6bynOoazAkvpuFNn9lflOB45z191nrMG61za5HRZKvlmxec5UE4pY5FPD+PaK9p8akPyGeltWyRYmq5DSwrCe9ublEuCrakvEEbdFddTsJzFfpb0eUieOp8WOXb1vCvbZlPtC+cqEoCnMm7QbxNYphEe6dB03j2knoZGXHYHlqnj7Ak6LNIBDo/eHMr00jpPZdD5ZV8ddgrGewJKTeq9CBYijGvvq82nEUoZCdPbRMlnsDRASWXqCapqptqZUXc/XE8ddRe6DtO5z1xrct6/qDz1NtnSzw17FQnAUxk36NsHlgs6AU06he5RoJ2BZQqMrJGYURJsdQdMi4KOo6E6T2XReWWfHXYapdR/GzFaV61r77PNp7qcCXqPptpZlr4wrGxvQ4G5UXef5zlQd7/rY2iLr7X/HvLVf8sILG+kSACeyrhB3zqwHOhYenQFOrsCy8UdXU1X3V+pzlN5dB6ZfB7WZzLiK1CIMq69HFi2/j6qu4yqvKsCca07MDfqJgeWrb+3mG1907WWy6rTMwLLGykSgKeybsB62530sQ/MG35NR4CTF2TkQCMvQPCexxLhKVoniBkKLNM5elPNcg7y+co5HuVFBnp7LRzMnVTnXR1tZf/MG3XL9Sa8Oj7qLV/rM8ifmU7PpJ5z+USk3rPwZ6rKGgkqpa6kbUn95s82LzTyyuiOGKrytOouLxTS6Z7mfSY9amK1l6Nj28msfa17Q1d7wmsVCcBTGTfoOweW3lRs9SF6lYcESlbnLp2omcchL6vzGA0srbKFp49Tx18L6uTfofNL+Xh1LgGHm18KCnRZsnCdp7z0/sd8amly7GLFd2oLEli1ypWtCo4kCNPHkn/LZ16UT5Wxdm46n2oeLWm0TudzJOV1g6B0HVgBZqjNprxadSftTNfdUQ7axVcArPNXx7LKnEn7b37ZPCys0/u1zkOY5cK1FAnAUzk3tivoCixTZ6HzyKTDad78a5wpsFBQuCmwbAUQXcHXIb8cSOdz/U1v0+Kcn+TX1UGuqPOUj963JZRncFQ2XPcd1174OcRUxloAc9R7TVnn3D29bpQv/GXGqLtauxleIR8YqZW8w/eUdK3UyljTdd3gtYoE4KmMG/RV9HaCrYCrO6g85NkKnP7S29YY+4tQUKPyk6k5nU821RkdVkmHR7XOrvOO4EPvW9MVcASmRX9Y8WsJXnvdgVvKuxW8ZaF24gRWQ2VL+bbOPbRS3Nhf676+1HFabVt0Pxua8rS+OB2FPiNcQ5EAPFXHDfpVwoGl0wmGOqwWo6N2AxMjSBLdHZ+Vn952t6vWedpf76cNlc95hU348wxce0OByyH/6ZFGI7D6U2/bw/hyFMo3UHci1E5anNkPMfSlKeXtPV4gCCxvpEgAnip4g36lnsCy1ZGGOiuL0RG6z9VZgWBPIBLILzSCupLRfl5a52l/vd9RuF1pTlAQzteou2wqsHDKKcyg1QmspsqW8m+9CswdLQ/UXfhRjhajfKL7utWML07ZdB3jPEUC8FSBG/SrhTpqIwgRUyMXWSNwdYM5IxAU3R2Uk5/bKa+SnufTx8921nloZFbvo4SnrGsq+WWh9prysK69P/T2I5xjmHVgBD7TXxqEMdrtjiQ75xV+XMLiTFevyN+6ZwkCyxspEoCncm7QVxDqqI1OSkx3AsKYAjWnxJxAcCSwtDqk0GjeCk6dLwlw04Iinbcw6zztq/fJ3C8DnlbAG22vKQ/r2nODqwjnMzLbnjENPj0aKIwvJu40vVN30+VzRnuXXWNGOxIEljdSJABPZd2g9bY76WMfhDpqI+hbMvIjjPfjmR3A6sAy5dnq9IV8pksCO4sR9C0Z0RJGYGSOtqV99T5f9aO37WVcN+G8jTzEks/P+RLSLKuzn1v3UY1RwWa5DvtZdTddPueaXRL0C+MaEuZ9BddSJABPZd2g9bY76WMfuJ1M2r91Hp/v2FukFViawWHaV+8T2rfFCLiO5Nwl4JZt3RG+Xleu81Q+vU94X49x7qH26uSx9NprBG+i+QUg1b3ePpPPRH9Oo2ojdu6IslV3K4LyswK+3c+x4jxFAvBU1g1ab7uTPvZBqKO2zuMEZqCSOlC9T2hfS6NT9kg9SbD5GRzoPHtcuc5T+fQ+4X09xrmH2uuqPCKM4zSv8eAXl210ebSRc+pxYmBp3RuWHQf7FQnAU+2+QUfpYx+EOtnKfmcyAxWn8zD3tQRf2B0hq18lkOh6FtWZjt/NrbfKPuF9PcZ1E2qvq/KIMI7TvMadwGo7XR5t5Jx6OOffdZ1YnHsDgeWNFAnAU+2+QUfpYx+EOtnKfmcyAxWn8zD39aTgsvV8aS+ZMnV/7vJwbL3/mdx6q+wT3tdjXDeh9roqjwjjOM1r3AmsttPl0UbOqYdz/sseK3HuDQSWN1IkAE+1+wYdpY99EOpkK/udyQxUnM7D3DcqLbao/eb3CBkFdTtPRiyLfEWova7KI8I4TvMadwKr7XR5tJFz6uGc/7KAz7k3LDsO9isSgKfafYOO0sc+CHWyxpTwyoUkLeZigbSNLlc2HeRo6XjSMcoUd6tePO67AI228/I6T+XT5cqm69w491B7dfJY9iYDYRyneY07z1jK3/TnsZQujzZyTj2c859edZ4Zi9OEWw+4jiIBeKrdN+gofeyDUEdtnEdo/51SZ6nLlU0HORGpDNJZyrR5q640832CRj4vr3NRKVc2Xecrzt3IY+m1Z4xiNwNYp82+PODZXXfO+U+/JzMzXkIvXl7PiCsSgKfafYOO0sc+CHXU1g1ab3s2p5OaDnJGpVedND//pDkyaD3bqbd9BV2mg+k6N+ot1F6dPIT7KEKE8z7KZlmd/Za9x3GUVXd62xHGy9tF8zVNvYygXxBY3kiRADzV7ht0lD72QbPzU/tbU0pLOulRVw0sMytAtIIIZ7rw5Z1ipUzZdJ0b102ovTp5iGa993A+I7MejKBn2S/PjLLqTm87ynmMZLp9O5/NkmPgPEUC8FRn3KAj9LEPQh218xNsy6auRjhlMzv3sxgLcZrlc0a1zGn0M1TK5J5TlHHdhNqrk4doTlP3cI5hPiuYntHV+2Tm87e7Weeltx3lLOCZ/nyMay4jsLyRIgF4qjNu0BH62Ac9HXXrRi0jL80p3TNUypS9PAATxqilOTrljOpctc7vEFiKqcDC+UIjzODQGVGbrsMZVt3pbUc5X5ym6sB6dOdg6vPHuYoE4KnOuEFH6GMf9HTU1nR4OJ+I3qCpUp5s2fNaM4zA0hztdYKPq9b5cEBwyLt13YTP2cgjk6DdDP4sTtDvfqFJzxm2psPF0kdMes7Vqju97YxAAPir3sfjjIQeEVjeSJEAPNVZN2iPPvZBT0ftdYRuZxqRAtiuUVBjNFWMdk4yVRnujC1G+cwg7AV1Hg5mKmUJnVOEcd30tNdWHkdD9RcIiEJBixMEdX0eLWlkUILg8Lladae3nREYtRRyHbr3gpSX9XiBFvqMcA1FAvBUZ92gPfrYB+GOOuVjjVp+5hfpBGrSIpxjffV0hFaH0t1BH4K5rl/LqTFGK4XbuTmjlkKChlfUuS5HdqfAUoS/QKRA3wsqe8oo+bW+dAhpf0MLjVLe0naPX0xC7cSqO73trMA9JZN6z+/4lHMT+TVfret/6trDdRQJwFOdeYO26GMfhDvBQ17NczqQTsBcvJDykufUpGNpTStGO0Iv+JLOu+hI0ijHD0FFIy/pnEPndMhHzq3V4X2WSe/T4uSThcq3sM71ftnVA8ta+mcAp9vCIS8JYqRdWEFgFqq/Q97WWw0yOa6Uz8w7lVNec9X6lajQF4dGHX3S264QCNZHSJ1ZrzUq7ge4riIBeKqzb9At+tgH4Y76kJfcrFtBSY3UgZDRA+lA8r/1djXmM4iqTLWOVJNt8vHz9j90MMGyyflLsCcjQpqcYyQAcYNAdX6jdZ5f2h45LxENPvR+2dUDS/mMrJEsqWfZV7brqTfR/dhFKmvty0yLtC0pU25/uYyRNidtvho8q/I0z1lvu8ri4PJrlqLyt4zA8kaKBOCpXnGDrtHHPgh31Cq/3kBnVLh8zvNqlq8OJvjM1wqh4E2d31l1HnrVS2W/7A6B5Y667P5MVXl7gssZbkBl1N3W+9bENXwkAfbXoy+Vv2duPeA6igTgqV51g9b0sQ/CHbWWOueVowyajCq5oyuqTM36NugRS5majIz+jBoOQFKdW6Nts8J1Xtk3u3xgmf6+MricPmeR2l5k5H1E9XGQGqPutt+30qMazeM7ivZb2SYL1QWuoUgAnsq6Qeptd9LHPgh31C2pM2ye5wDJq2uxzaEsEiz0lqXawXQ8UxcleYWnvy2b6rxaDy2VPLLpIMs4t3B7NfL4Kl9qL5HnV1uWfabZhi8PUsauz8Sou9PuWynAlHrwgn/5e/P508r2WVd7x2sVCcBTXeEGLfSxD8IdtScFO61FAx7pHKQTqXYOvTqDQrODOSyGiOanSeAy9Oyd55V1Xskv6wpiaozrJtxejTyK8g0E6nkxTWh0d0QKMK1FVhZpD9LuhoJeqy70tmdJgaZ8Tl/0NprzEnt3f1xHkQA8Ve1mGL0prqSPfTA0Mug5rDzO74OUjupIAhr5m5RhZ+cs+dfKMHT89AymBJp5AYg+r+G8ZwXqXAJQ+ZuUf7pclbaUDQWqKu/WdRNur0YezfKlz1e+lBwXxRw/V6nfcBlWSUGm1e7yQh4p+3T5jLo79b41K9WZDiizZjvA9RQJAAAAZzIeKfhLb4trKxIAAADOkkZ5W4+I/K63x7UVCQAAADWjz4Ja0qMBOqDMhn7NCK9TJAAAAGiHd8cuW2EfeCfo9DPGOFeRAAAAoFWeg5TFSMNvUQj89vjwe2TxOkUCAADAkfMcpKTLmwxCbzFIo5QSlOp8dJ5uXrieIgEAAOAoMGV9pH8j/fhKKL1ty5KpdpyvSAAAADiqTIPvNDy9jtcrEgAAALQ01T36q1ZRBJU3VyQAAAC0dP4Ma5RMk0//EhFer0gAAADwpJ+TlCnymSBTnsO81c9PwlYkAAAA9EjvuMy/kS4rxPVvpOvfSg+tIMf9FAkAAADAiCIBAAAAGFEkAAAAACOKBAAAAGBEkQAAAACMKBIAAACAEUUCAAAAMKJIAAAAAEYUCQAAAMCIIgEAAAAY8X8kHAn7PT3fnQAAAABJRU5ErkJggg==</Logo>
+          <LogoBW>iVBORw0KGgoAAAANSUhEUgAAApYAAAC9CAYAAAAJBj3WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAACjaSURBVHhe7d0NtfS2EYDhhVAIhRAIgRAIgVAIhRAIhRAIhRAIgRAG7Zlb6dbfSJoZ/Xnt9dtznp58urYsa2VrVrK8r//85z+vp3m9Xj+9Xq/fX6/XP/Xfnuz1ev36er3kP/56vV5/138HAACwFAmf7vV6/e31ev2ZAijxs97miSSQPNSJIOgGAABdioRP93q9flMB1L/1Nk8k9aDq5Q+9DQAAgKVI+GQyOqmCpy96u6d5vV6/6DpJmA4HAABhRcInU1PgR7/obZ+i8mjA0T/09gAAAC1FwqeSZwYrgVP2m97+KZx6YTocAACEFQmfKK0C10HT0Z96nyeoLNipYTocAACEFAmfSEbeKgGT9rgAqrJgp4bpcAAAEFIkfBpnqvexAZSxYEdjOhwAAIQUCZ8kONWb/a73/2TGgp2ax43mAgCAfkXCJwlO9WZ/6f0/Vccobvao0VwAADCmSPgUEgxVAiTPx/8KTxrFlZ9s1OduYTocAAC4ioRPMBg8iY9/7VD6jXR93hFMhwMAAFOR8Ak6p8CPPnpkrvXLQ0FMhwMAAFORcHcdq51bPnZkrnPBjvbRQTcAAJhXJNxZ+nnCkSnwo191vp9gYMFOzccG3QAAYF6RcGcTzw8e/Uvne3cTz5xqTIcDAICmIuGuFkyBZx/32qFFAbdgOhwAADQVCXeUpsBnnh/UftLHuKvJBTs1f9PHAAAAEEXCHclrgioB0Ix/6mPc1eKAW3zkM6gAAGBekXA3G0bkxL/1ce5o0YId7VE/fQkAAOKKhDvZMAV+dOsp34ULdmpuXTcAAGCPIuFONkyBH/2ij3cngQU7EnT+JAtyKn/zMB0OAAAKRcJdpKBIBzwr3fa1Q8HHA76Cw8HpcqbDAQBAoUi4i8GRth5/6mPeReDxgO9zCwahNUyHAwCAHxQJdzA4yjbidq8dCtbN9zR/ek5V/z2C6XAAAPCDIuHqTpgCP7rVL80EF+wUK94D+9QwHQ4AAH5QJFydBEaVIKeXBFIyBewFVLcKngILdsTPlf1G65TpcAAA8K1IuDIZQawENyO+poJlgU7lbz/QZbiq4LOSxWhl2jcyfV7DdDgAAPhWJFxVcJo34ju4Cgaqt3jtUGDBjihGK9O+o7+zfqsRXQAAsFeRcFUT07Xad3AVHOX7TZflaoIjjs3XJ00+t8p0OAAA+FIkXJFMuVYCmhHFVHBlG+3Srx3qGMn9u95X5aO3j2I6HAAAfCkSria9DicSOEUUU8HB92GaQdk7BRfsNEcrD/mMjggzHQ4AAL4UCVcTDJwiqgFQZAHPVUflglP5EpS7gfHkz2MyHQ4AAK4dWE4sKqmpBlfBBTzVoPTdggt2/qn3qwnWQ8slA28AAHCuIuEqFk+BN6eCo6N+er93Cy7YkfoLjSYG66HlkoE3AAA4V5FwFcEp6qjqaOXhWHr7muL5zHfpCLpDo5WHfPX+YTovAADwPEXCFUyOnmnN0crD8SILeLqCtJ2CQXd4tPKQb2RqveUW7/sEAAD7FAnvlkbjZgKco1BwFQzU/tD7vUNH0N393OPkQik3gAcAAJ+tSHi3ydXJWmiUsWPhihuk7hYcXR1692bwuc2Wyz2HCgAAzlUkvFPHaFxEaLSy87jdo4ArdQTAQ+XsqIcWpsMBAHiwIuGdgqNxUaHRynRcmX7X+9e8bbq3Y8HO8JR9+hUfnV+Pt9UPAAB4vyLhXSanYbXwaOXh+JHnOt823Rt8DlRMrV4PBq8tb6sfAADwfkXCO7xer58qQcqM7qngjoUrP+l9d+uYoi5+C73XxE87ZkyHAwDwUEXCOyyeAt+9cOUfet/dOupnarQyHStaDy1MhwMA8FBFwtk6FqREdY9WpnKcNirYo6N+lpRL6q+Sdw+mwwEAeKgi4UxpscjMM33a0GhlKkt0AY/oen5zVMeCHWH+ulDUoscSmA4HAOCBioQzLXieT5sKaIILeKaPE9WxYGfp9HMl/15LywMAAO6hSDhLxxRv1PRUcMcCnt/0vqt1TM2LJaOVWccznS0fOx2eRtml7UrQ730xktFm2Ua2lX2Wfk47pZFrKXvLlmsgjdJL25dnfYVck8fjnr54DgAQVyScYcMUuDhz4crwlHtUR3C3vIPvGCm1nDKqe4YU7EhgGP1MLDIqLu3s0kFm4IvN9Be5LN0PpE4i9Tt9nQMA9ikSztAxMhi1pJMLdKZH2wKDjtHc7vd1RnQc3/IR0+Ep4Fn9JSiTAH5bO5oRuBamr7kUsPd+iSGwBIALKxJ2k5GsSmcxa0ln07mAZ8trhzoX7IR/XahHIKiIuPV0eJoKjoygzZLPesvnOCPQBqYCy5R/tJ0fXa6uAAD/VyTs1Bk0RU11cFpH+X7X+67QMYKzZbRSdAbYlltOh6egMtoOVpHnB7d8niN2BpaTXy4JLAHgwoqEnTZMgYulU4mpg9fHqNL7zgp05kdbRkyzjhXylttNhw8GlXmRzpHeJqLrd94r+2fTwVegLQ4Flp3PV8uIca7PvJinOjth1PlQOQEAY4qEXQId1YjlgUvHAh5R7eRGdUy9nrF4qNVR99hezpU6RtQl6P7N+/zVCufIZ9vVniv7Z1cOLL12JX+Xl/R3jd4a+Q6VEwAwpkjYIXWwK0bAtKWjlaJzmm7ZiuzOBTNDvy7UozPAttzm9TCBEXUJOofr/rD6uRW8moGqVtk/WxFY5qC4pftzDQSrw6PwBJYAcA1Fwg5pdEff8Gd1je5Epc5fH6ula+qypWOkTJwyCtgZYFuWBd87BYIeGXHsGkVraayG7g6AKmXMpgPLHSrnvKzMBJYAcA1FwmqBDnuEBGHLRyuzjiBPTJfD6XC1UxbEdAbYllMC4VnOZ7AsqDxK10Zua90joZVyZlNB2i7GdTXdRggsAeAaioTVNk2Bb+04jU6qpjsgUMfqCbxP7SQrxx/VPW16NiPoEV1T1D1SAD/0hoFKObOt18cI5zfop0e1jWv21GsGAJ6uSFhp4XN6R9tes5N1lnsoKDgcK7KoI9sW4NQYnXWv6cBhJyfoWfK4ww6VsmZXDCytL1DTo/BGWyWwBIATFQmrOJ31jO2dZufzhcMvAu9csHN6B7nw2djpqc6dnKBne3sbVSnrZcvsfFmb/sJEYAkA11AkrNI5Ehe1fbRSDDxf2D3V27lgZ+gYs9JrX3Q5Rp1e/ignsJx61GGnSlkzAsv/I7AEgBMVCSs4nciM4deR9OoM+ro7cmexiLZlBbzHCbh6XXY63DnPtwaW6UuOftVPpsuaSdvS27Y0F59Zx9bbHvYptk2s9i4j93p77auclfSs9UVW0vW2VfpcDudkvXqpWX8RTt6hL9GjeaRZJal7mZnIL6LP5B4uXyynzi8qtTU5nhxXXvt1LIu0HSln88upVQd6WwB7FQmzBkb7ok6dTjVGQGq6RkUGHhM45eZeUynLqFM/vx6pA9Llzd4aEG/8kpY1vxRZx9bbHvYptl3kq5yV9GX0uRzOyWofzfqLcPIOBUW9eaQArmdRpdwLi3xWSGXpuddKuYsve1Yd6G0B7FUkzOq8SfQobiY7WZ1qRddNt7OO3jJamRkjQSOaIw7v5AT6bw2IO9vhiGZgZB1bb3vYp9h2EQLLhmgeabuegFKTkcPmCGiPdM3N3FvkPL7vJ1Yd6GMD2KtImNG5GKXH6Z17x/OFvaOV0XzF1vd1RgR+jabHW0f/LM6jD6c9gqFZwd0izcDIOrbe9rBPse0iBJYNkTw67zuW6bckLCyL+BpwsOpAHx/AXkXCqDQFbnXOM04drRTOKNZROPAbWLAz1WmtYAUXA07/ghAVCKBPb4Nicf3XNNuYdWy97WGfYttFCCwbvDw633IRMfwFcXFQmck5NutAlwHAXkXCqM7p3R5dI4IrVcqidXUqna/vOWUFvMe6YQ+66nR45Dwl+Dy1/FZwt0izDVvH1tse9im2XYTAssHJQwI568usTCnnRTI90+Td10FnUCnT5FKm40IevU0m59cMnnU5AOxVJIywLuoFQjfXHQI3s3Dg1zECmk11WKukUVZdthnDox27OZ/3kXR6EnRtb5vWyuxKubJVq8K7A8sWKy8ph96+pVJ+ry5WrAq38p+6Tp28m2XqyKMWLH4tgKndv9L17gWjouvZ7+CMlvxd2onVJqWvqV2ntbQvOg8AexUJvQamd3u8bbRSOCOMXVOj1o2vQm78xU3/XRZ/vleeDo90fjUSvORXooSCgRUq5cimgp3MCgb1th4rrxV1Vskzm76HOIHbVF07eYfqxclDCz0vnO7r5uIavY8l8KiJ/D18z+t5nl/vC2CvIqFX4IYxI3Rj3cWYuunqrIx8WrqC1t06g+KI7mm0s6SR5ZHgUpMvB3JtmO/fm1E5ZjYV7GRWMKi39Vh5rbjOK3lmXddqjRO4TdW1k3eoXpw8MmnTXe0w8Oq4aPm8fLpGPw/5hmbK9H4A9ioSekQv7EHTHcIsY/o6dENNefSO6F5uRM8JCkZcdjpcpM+9NoU4Q9qAjGpO/y52VjlGNhXsZNbnrrf1WHn1XE8tlTyz6fuIE7hN1bWTd6henDyyoS+rzovtQ+fu5CGjouGRSi0ycqn3AbBXkRCVAqbVne9R8zmbM1XK1fXt2plOrxnqAHba8AVi+pUlu6X2LcFQz5eCKLluJO/hDjWVUeebhTp8jxUM6m09Vl7RAMpSyTMjsJyoA+faD90LnWsodI4Wrx/S2wPYq0iIGgiYeoRuWGdQ08BygwwHvMaIZ8slA66B84gI1+M7pQBTRkXMzmuQ5Dk8glnJL5sKdjIrGNTbeqy8FgUXOs9sOKg65G0FblN17eQdqhcnj3A+LZX8MrdunXvHkvud96iR3h7AXkVCROBGNusyQYcKoLs6kYFnE6c6gJ0qZZ0VWkRwJamTlCBTnp1cGWgOPRpQySfraqctVjCot/VYea1o95U8Mzf48Tj3u6m6dvIO1YuTx/SjNZU8M7dunanqJfcA780VensAexUJnhOmwC8zWikO34a7btDet+gK9yb9TgNBsmfJaMU7pWtBOnUJmmaDze52X8kjmwp2MisY1Nt6rLyiAZSlkmc2fV05gdtUXTt5h+rFyaO7XWnGte/WrTOz1bWYyGKUsbutAphTJHicG8WsrqnmMxxu2uEpy4EFOyLUibyL8wD+qEt91iuoYLPZ2TV0jeBU9s+mgp3MCgb1th4rrxVtv5Jn5gY/Hidwm6prJ+9QvTh5TJUv5d9qx27dGvt2tyGL1S/pbQHsVSRYnOdlVpi+Ce4QuYGq7Zs3uYbfdR5X40xpjeoKpO7o8MLpZgd70PvSfb1/tuQ6soJBva3HyisaQFkqeWZd127NzsDNyTtUL04eU+VL+bfarlu3xr5/6W1nWO1LbwtgryLB4r0wd1JXp3pVg8H35UfunM5r1O2nw3ukOvSuoXCwXdk3mw4mxMrO2sorGkBZKnlmbvDjcdr+VF07eYfqxcljqnwp/1Zw6NbtzL49rPaltwWwV5HQYl24i0zfAK/AuJG2TD8DdZZK2Ve4fFC9UuAXTcLBdmXfbMm1ZF3zeluPlVc0gLJU8symA5idgZuTd6henDymypfyb93T3Lo19u16Zt1jtS+9LYC9ioSawVG4Hp8yWtm7YEfcJrCaXJzSEh6h+xTeL5Ho7Vv0fgfTwYRY2VlbeUUDKEslz8wNfjw7Azcn71C9OHlMlS/l3woO3bo19u1uQxarfeltAexVJNRYN4dFbh9cDC7YGXrNzLts+vnO8AjdJ3GuqdBq2cp+2XQwIVZ21lZe0QDKUskzc4Mfz87Azck7VC9OHlPlS/m32qpbt86iv2WDCda9SW8LYK8iQdu0aONo6ZTIuwws2LndKK0THMy4zajtKk5dRgMKvV82HUwIq4x6W4+VV/R8LZU8Mzf48ewM3JxftgnVy87ypfxnAkvrcw+/acNjzabobQHsVST88Mf/Tdn1jsL1utxPGPYafFRg+oZ/NqcDm3H7EeteTocbDSj0ftmStmWVUW/rsfKKnq+lkmfmBj8ep91P1fWKetlZvpT/TGBpBc5Lni/37r96ewB7FQk//LF9Q1nlU0Yre+vpdqOVwns2cMLjpsNXTBFW9stWddjNoEdv67HyigZQlkqemRv8eHYGbtYUbrRedpYv5d+6v7l16/wqzpL7oHMtdbdVAHOKhO8/jC1E6fUJo5Uj9XTbEbqNI9hvnQ5PHeB0Jxe1YupO73fgdvgRVjCot/VYeUUDKEslz2y6LpwRseHnpJ2gS4Tq5cqBpbO/GK6/lLf12XzR+wDYq0j4ShxbiNIrdFO6ssF6uvUordNJzHhrsJ2+IMhrgEILZ2Y4X0bCL8uv7JstaWNWMKi39Vh5RQMoy4pA3aLzPBgebXfqRITq5QaBpdXeReg8tcCru77o/QDsVSR8JdrTM6sM3UyuZGDBjrj1KO3gOUcMd9ArqMBEznHL6GUaYbG+jITbh9Hhi+kA2Qp89LYeK68V9wKnLqYXiViB68hoe2SkLVovVw8sUx5W/cn10NVeo0Gl0PsC2KtMsB+2XiV8Q7qqYMegLRlJeqfA6MOM7g56hUbHLJ2dBEPLyhQIKrueOXOeLZu+xqxgUG/rsfKKBlAWJ/8VdWF92Q6PMqe8vHaQheql0X6zqwSWkfuGfIZu+0/nqwPVZn3q/QHs9eM/xqZ2R4RumFdm3Gwt0yMn7zYYUEe9ZTrcCRqE/F06xqEgMy16soLArOv8A5311CIeK1jT23qsvFbcDwJfiGfrwqvr0GeXgqLoPTZUL3cILFM+3nUmpG7kWpHPU85L+iS558h/y6vvWqOUzfalywFgrx//Eev8ZnXdjK4o0MnU3P68s8q5rdI18rPCwEp3GSmRDlI6MmkH0uHVyN9kSr3VEWpD7SMQpEhQ8ENQnM5Zyijn0Dzuys7ayisaQHkqo1ia/N2si9aIWfBLt+xf/fKYAqVagGaVOVQvNwosw9PXnaTfataBLgeAvf7/H8aFuVjXszRXk26OVmfQEuok7mBT55BVO/ZdUmAx8nmuJPU5dN5OwBZVbZtW3npbj5VX6/i9Br/wadXAMOVvnYMmbUoCMq9tWffdUL04eVwmsEx5rQ4uv64dqw50GQDs9b//Gw+Wek1NR11BZ+eSdd+Ar2zzyHZ48coqqf3vPCfLcFB5KP9sR12dxrXaut7WY+UVDaAiFtRFMxDbcJ/8etVOJT0L1YsVVFnnE7UysEz5ST1GpsU9ksfXtWPVgT4+gL3+93/7VvpqQ8+oXcXAtGl261FabfPPfJ4+HZ6lzqnVie4w3emLjsUgLdUvfFYwqLf1WHlFA6iIBSNiZrC0oK6z7zqv/C0L1YsVVK1oY8Y1YdaVJz0eMBKoS/3/8AXUqgN9XAB7mRfkYtXO606MG6zl9uetndBmpkbwZqXzkxHMFQFEjeS99EtW+tIzGlBV31ZgBYN6W4+VVzSAikrB5ci1Kv7S+WkpuByta/FDsFf5exaqF+d6vGxgmR2uNy/I/FpEp/c/5KG3/6K3BbCX/G/mBtljaUd6tsCq05Zbn3dN6rj1ea5U7TzOls5TPnfp9GavE9lfgqut7SE9Z9hTVgmeq79+YgWDeluPlVc0gOo1WBfhL4Ipfy8YOqp+oahsl4XqxQqq7hBYaul8joo606xZFL0tgL1qF/EOt58KPqwe7XH788aP0ucqAYUESnklcU3+u2x/+ghsaq+5nLps8ujLV9n0fp9od12kEUwJbGr5S5oc+/Q28CTG41xv/eEF4ImKBAAA7sQYOX7bM9vAUxUJAADcRZoV0AFlVn3jAYB9igQAAHbY8fx0euRAB5SZ+3wmgLWKBAAAVju8wF4CweFnWo+c989uWVwEwFYkAACwWmWFvrw+aCjADP6oQfNXlADsUyQAALCS8xykLLyRVd1ukJlW+MsK/NZinYzRSuBNigQAAFYKjC4eycimTJfLiKa8rkn2lX97wWQm7yPl2UrgTYoEAABWqkyD7yJBJe8PBt6oSAAAYLU0hb3rZ1IFQSVwAUUCAAA7pEU3Mr29OsCU6XJ+3Qi4gCIBAIDdZNV2CghHg8yv33bneUrgWooEAADOlH5vPf+euyza0b+5fvxtd5lSZ8obuKgiAQAAABhRJAAAAAAjigQAAABgRJEAAAAAjCgSAAAAgBFFAgAAADCiSAAAAABGFAkAAADAiCIBAAAAGFEkAE91+OWPgt52J33sg1/1tncjP79XOa/sZ709nsG49m7f5oGnKRKAp0o/Gad/j/iL3nYnfeyDf+tt70aCx8p5ZacG8LgO49q7fZsHnqZIAJ7K6NwILBchsESNce3dvs0DT1MkAE9ldG4ElosQWKLGuPZu3+aBpykSgKcyOjcCy0UILFFjXHu3b/PA0xQJwFMZnRuB5SIElqgxrr3bt3ngaYoE4KmMzo3AchECS9QY197t2zzwNEUC8FRG50ZguQiBJWqMa+/2bR54miIBeCqjcyOwXITAEjXGtXf7Ng88TZEAPJXRuRFYLkJgiRrj2rt9mweepkgAnsro3AgsFyGwRI1x7d2+zQNPUyQAT2V0bgSWixBYosa49m7f5oGnKRKApzI6NwLLRQgsUWNce7dv88DTFAnAUxmdG4HlIgSWqDGuvdu3eeBpigTgqYzO7WMDy9fr9ffX6/WLBHWv1+tfqQ4y+beky9//pvcd8Y7A8vV6/fR6vf6RzuV3dY7yb0mXv/+s991B6vLMOh+V2kaut1qd/Srb6P1GGNdes82retSfay7fT3q/3VIbr9VbLpf87fRyaamcug3+KeXT20Yd8vxNnXdu16dcY3ivIgF4KqNz+7jAMnW6f1SOYZHOe6pjOCuwTMGkdGZ/VY7jkfP8Vec5a7DOpU1Ol6WSb1Z8ngPllDIW+fQwrr2izac2JJ+R3rZFgqXpOrSkILy3vUm5JNia+gJh1F1xPQXLWexnSZ+H5KnzaZFjV8+7sm021b5wriIBeCrjBv0xgWUa4ZEOTefdQ+ppaMRld2CZOs6eoMMiHeDw6M2hTG+t81QGnV/23WGnYLwnoNSk3otgIcK49r7bfBqhlJEwvU2UfAZLA5RUpp6gqmaqnRl198P11FF3oeswnfvMtSbn/YvKU2+TLf3csFeRADyVcYO+fWC5oBPQpFPoHgXaGVimwMgaiRklwVZ3wLQo6DgaqvNUFp1X9tVhp1FK/bcRo3XVuva+2nyqy5mg92iqnWXpC8PK9jYUmBt193WeA3X3uz6Gtvha+9chX/23jMDyRooE4KmMG/StA8uBjqVHV6CzK7Bc3NHVdNX9leo8lUfnkcnnYX0mI74DhSjj2suBZevvo7rLqMq7KhDXugNzo25yYNn6e4vZ1jdda7msOj0jsLyRIgF4KusGrLfdSR/7wLzh13QEOHlBRg408gIE73ksEZ6idYKYocAynaM31SznIJ+vnONRXmSgt9fCwdxJdd7V0Vb2z7xRt1xvwqvjo97ytT6D/Jnp9EzqOZdPROo9C3+mqqyRoFLqStqW1G/+bPNCI6+M7oihKk+r7vJCIZ3uad5n0qMmVns5OradzNrXujd0tSe8V5EAPJVxg75zYOlNxVYfold5SKBkde7SiZp5HPKyOo/RwNIqW3j6OHX8taBO/h06v5SPV+cScLj5paBAlyUL13nKS+9/zKeWJscuVnyntiCBVatc2argSIIwfSz5t3zmRflUGWvnpvOp5tGSRut0PkdSXjcISteBFWCG2mzKq1V30s503R3loF18B8A6f3Usq8yZtP/ml83Dwjq9X+s8hFkuXEuRADyVc2O7gq7AMnUWOo9MOpzmzb/GmQILBYWbAstWANEVfB3yy4F0Ptff9DYtzvlJfl0d5Io6T/nofVtCeQZHZcN133HthZ9DTGWsBTBHvdeUdc7d0+tG+cJfZoy6q7Wb4RXygZFayTt8T0nXSq2MNV3XDd6rSACeyrhBX0VvJ9gKuLqDykOercDpL71tjbG/CAU1Kj+ZmtP5ZFOd0WGVdHhU6+w67wg+9L41XQFHYFr0hxW/luC11x24pbxbwVsWaidOYDVUtpRv69xDK8WN/bXu60sdp9W2RfezoSlP64vTUegzwjUUCcBTddyg3yUcWDqdYKjDajE6ajcwMYIk0d3xWfnpbXe7ap2n/fV+2lD5nFfYhD/PwLU3FLgc8p8eaTQCqz/1tj2ML0ehfAN1J0LtpMWZ/RBDX5pS3t7jBYLA8kaKBOCpgjfod+oJLFsdaaizshgdoftcnRUI9gQigfxCI6grGe3nrXWe9tf7HYXbleYEBeF8jbrLpgILp5zCDFqdwGqqbCn/1qvA3NHyQN2FH+VoMconuq9bzfjilE3XMc5TJABPFbhBv1uoozaCEDE1cpE1Alc3mDMCQdHdQTn5uZ3yKul5Pn38bGedh0Zm9T5KeMq6ppJfFmqvKQ/r2vtDbz/COYZZB0bgM/2lQRij3e5IsnNe4cclLM509Yr8rXuWILC8kSIBeCrnBn0FoY7a6KTEdCcgjClQc0rMCQRHAkurQwqN5q3g1PmSADctKNJ5C7PO0756n8z9MuBpBbzR9prysK49N7iKcD4js+0Z0+DTo4HC+GLiTtM7dTddPme0d9k1ZrQjQWB5I0UC8FTWDVpvu5M+9kGoozaCviUjP8J4P57ZAawOLFOerU5fyGe6JLCzGEHfkhEtYQRG5mhb2lfvk4XalMW4bsJ5G3mIJZ+f8yWkWVZnP7fuoxqjgs1yHfaz6m66fM41uyToF8Y1JMz7Cq6lSACeyrpB62130sc+cDuZtH/rPL7esbdIK7A0g8O0r94ntG+LEXAdyblLwC3buiN8va5c56l8ep/wvh7j3EPt1clj6bXXCN5E8wtAqnu9fSafif6cRtVG7NwRZavuVgTlZwV8u59jxXmKBOCprBu03nYnfeyDUEdtnccJzEAldaB6n9C+lkan7JF6kmDzKzjQefa4cp2n8ul9wvt6jHMPtddVeUQYx2le48EvLtvo8mgj59TjxMDSujcsOw72KxKAp9p9g47Sxz4IdbKV/c5kBipO52Huawm+sDtCVr9KINH1LKozHb+bW2+VfcL7eozrJtReV+URYRyneY07gdV2ujzayDn1cM6/6zqxOPcGAssbKRKAp9p9g47Sxz4IdbKV/c5kBipO52Hu60nBZev50l4yZer+3OXh2Hr/M7n1VtknvK/HuG5C7XVVHhHGcZrXuBNYbafLo42cUw/n/Jc9VuLcGwgsb6RIAJ5q9w06Sh/7INTJVvY7kxmoOJ2HuW9UWmxR+83vETIK6naejFgW+YpQe12VR4RxnOY17gRW2+nyaCPn1MM5/2UBn3NvWHYc7FckAE+1+wYdpY99EOpkjSnhlQtJWszFAmkbXa5sOsjR0vGkY5Qp7la9eNx3ARpt5+11nsqny5VN17lx7qH26uSx7E0GwjhO8xp3nrGUv+nPYyldHm3knHo45z+96jwzFqcJtx5wHUUC8FS7b9BR+tgHoY7aOI/Q/julzlKXK5sOciJSGaSzlGnzVl1p5vsEjXzeXueiUq5sus5XnLuRx9JrzxjFbgawTpt9e8Czu+6c859+T2ZmvIRevL2eEVckAE+1+wYdpY99EOqorRu03vZsTic1HeSMSq86aX7+SXNk0Hq2U2/7DrpMB9N1btRbqL06eQj3UYQI532UzbI6+y17j+Moq+70tiOMl7eL5muaehlBvyCwvJEiAXiq3TfoKH3sg2bnp/a3ppSWdNKjrhpYZlaAaAURznTh2zvFSpmy6To3rptQe3XyEM167+F8RmY9GEHPsl+eGWXVnd52lPMYyXT7dj6bJcfAeYoE4KnOuEFH6GMfhDpq5yfYlk1djXDKZnbuZzEW4jTL54xqmdPoZ6iUyT2nKOO6CbVXJw/RnKbu4RzDfFYwPaOr98nM5293s85LbzvKWcAz/fkY11xGYHkjRQLwVGfcoCP0sQ96OurWjVpGXppTumeolCl7ewAmjFFLc3TKGdW5ap3fIbAUU4GF84VGmMGhM6I2XYczrLrT245yvjhN1YH16M7B1OePcxUJwFOdcYOO0Mc+6OmorenwcD4RvUFTpTzZsue1ZhiBpTna6wQfV63z4YDgkHfrugmfs5FHJkG7GfxZnKDf/UKTnjNsTYeLpY+Y9JyrVXd62xmBAPBXvY/HGQk9IrC8kSIBeKqzbtAefeyDno7a6wjdzjQiBbBdo6DGaKoY7ZxkqjLcGVuM8plB2BvqPBzMVMoSOqcI47rpaa+tPI6G6i8QEIWCFicI6vo8WtLIoATB4XO16k5vOyMwainkOnTvBSkv6/ECLfQZ4RqKBOCpzrpBe/SxD8IddcrHGrX8yi/SCdSkRTjH+urpCK0OpbuDPgRzXb+WU2OMVgq3c3NGLYUEDe+oc12O7E6BpQh/gUiBvhdU9pRR8mt96RDS/oYWGqW8pe0ev5iE2olVd3rbWYF7Sib1nt/xKecm8mu+Wtf/1LWH6ygSgKc68wZt0cc+CHeCh7ya53QgnYC5eCHlJc+pScfSmlaMdoRe8CWdd9GRpFGOH4KKRl7SOYfO6ZCPnFurw/sqk96nxcknC5VvYZ3r/bKrB5a19K8ATreFQ14SxEi7sILALFR/h7yttxpkclwpn5l3Kqe85qr1K1GhLw6NOvqit10hEKyPkDqzXmtU3A9wXUUC8FRn36Bb9LEPwh31IS+5WbeCkhqpAyGjB9KB5H/r7WrMZxBVmWodqSbb5OPn7X/oYIJlk/OXYE9GhDQ5x0gA4gaB6vxG6zy/tD1yXiIafOj9sqsHlvIZWSNZUs+yr2zXU2+i+7GLVNbal5kWaVtSptz+chkjbU7afDV4VuVpnrPedpXFweX3LEXlbxmB5Y0UCcBTveMGXaOPfRDuqFV+vYHOqHD5nOfVLN8dTPCZrxVCwZs6v7PqPPSql8p+2R0Cyx112f2ZqvL2BJcz3IDKqLut962Ja/hIAuzvR18qf8/cesB1FAnAU73rBq3pYx+EO2otdc4rRxk0GVVyR1dUmZr1bdAjljI1GRn9GTUcgKQ6t0bbZoXrvLJvdvnAMv19ZXA5fc4itb3IyPuI6uMgNUbdbb9vpUc1msd3FO23sk0WqgtcQ5EAPJV1g9Tb7qSPfRDuqFtSZ9g8zwGSV9dim0NZJFjoLUu1g+l4pi5K8gpPf1s21Xm1HloqeWTTQZZxbuH2auTxXb7UXiLPr7Ys+0yzDV8epIxdn4lRd6fdt1KAKfXgBf/y9+bzp5Xts672jvcqEoCnusINWuhjH4Q7ak8KdlqLBjzSOUgnUu0cenUGhWYHc1gMEc1Pk8Bl6Nk7zzvrvJJf1hXE1BjXTbi9GnkU5RsI1PNimtDo7ogUYFqLrCzSHqTdDQW9Vl3obc+SAk35nL7pbTTnJfbu/riOIgF4qtrNMHpTXEkf+2BoZNBzWHmc3wcpHdWRBDTyNynDzs5Z8q+VYej46RlMCTTzAhB9XsN5zwrUuQSg8jcp/3S5Km0pGwpUVd6t6ybcXo08muVLn698KTkuijl+rlK/4TKskoJMq93lhTxS9unyGXV36n1rVqqzYzB51GwHuJ4iAQAA4EzGIwV/6W1xbUUCAADAWdIob+sRkd/19ri2IgEAAKBm9FlQS3o0QAeU2dCvGeF9igQAAADt8O7YZSvsA+8EnX7GGOcqEgAAALTKc5CyGGn4LQqB3x4ffo8s3qdIAAAAOHKeg5R0eZNB6C0GaZRSglKdj87TzQvXUyQAAAAcBaasj/RvpB9fCaW3bVky1Y7zFQkAAABHlWnwnYan1/F+RQIAAICWprpHf9UqiqDy5ooEAACAls6fYY2SafLpXyLC+xUJAAAAnvRzkjJFPhNkynOYt/r5SdiKBAAAgB7pHZf5N9Jlhbj+jXT9W+mhFeS4nyIBAAAAGFEkAAAAACOKBAAAAGBEkQAAAACMKBIAAACAEUUCAAAAMKJIAAAAAEYUCQAAAMCIIgEAAAAYUSQAAAAAI/4LvVxm3k4+4mUAAAAASUVORK5CYII=</LogoBW>
+          <LogoNegativ>iVBORw0KGgoAAAANSUhEUgAAApYAAAC9CAYAAAAJBj3WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAACVhSURBVHhe7Z0N2fa4cYUDIRAKIRAKoRACIRAKIRAKoRAKIRAKIQy278nWWcc7MxpJI//e57ruZD+9sizLsnSsHz9/+OWXX77In3747x/+cxcGv/zy5x+kv//wbz9YcQAAAABMzMCX88cf/veHTf/+gxXva8hI7vXXH6x4AAAAACZm4MuRYdrrf36w4n0NjeDuJfNtxQMAAAAwMQNfjEYnLWkU04r/Fbxy0ZIBKz4AAADA7zADX8zffrD0Hz9Y8b/CfmnAXkyHAwAAQBoz8KVoo46nLxuoqFxkxK1jAAAAAH6HGfhCNKUb6avrCbVhRzvAI7E7HAAAAFKYgS/EmwLf64sG6rhhx9JffrCOBQAAAPgXzMCXEU317vU1A+Vt2DmK6XAAAABIYQa+iMxU7yaN3llpvBVvw44lpsMBAACgiRn4IvSNyh5ZabyR7CjuJqbDAQAAoIkZ+BJkhnr1hV/h6RnF3cR0OAAAADQxA1/AiHmSvvDZocyGHUtMhwMAAECIGfgCRs3T20fmsht2LDEdDgAAACFm4MPRr+jM6M0jcz0bdo5iOhwAAABCzMAHo9/8HpkC3+vPP1hpP53eDTuWmA4HAAAAFzPwwYxOge/1Xz9YaT+Z0TWnRzEdDgAAAC5m4EOZWT+4lwyYlf6TqTDcEtPhAAAA4GIGPhBNgc+sHzxKvy1uneeJVBnuTUyHAwAAgIkZ+ED0maBKaT2idZ4nUmm4JabDAQAAwMQMfBjVI3LSW6Z8KzbsHMV0OAAAAJiYgQ+iegp8L6VtnfMpVG3YscR0OAAAAPwOM/BBrBiR26TvYVrnfAqtDTsynVpLqhHIXjEdDgAAAL/DDHwIMkUr9eTPDmWWB2zf6xz5TfX/+eF4TgAAAPg4ZuBDGBlp65Gm2K3zPoHW8oD9tY2uUX36UgEAAAAoxgx8ACunwPd64meHMiOQ+18XkkEc0Vt/oQgAAAAGMQNvjjaOnKWnrSWUSWxt2LF2dY9sgNIazmM6AAAA8GHMwJuj9X2zkvnSFHDLhD1tLaHWhbak6z4eN1qmTIcDAADAPzEDb8zIRhNL2zRu5sPqxzzclcxaSc8ojy4tYDocAAAA/okZeFOqvsu4N1cyRi095bNDmc1M1mil0DWOiOlwAAAA+Cdm4E2pmAKX9uYqM8qnUc19Pu5IZiQ3MoEz61aZDgcAAIB/YAbekMzIYkbWVHBLd//sUGbDjtT6tZxRMR0OAAAA/8AMvBlZ45SRNRWcmUK+808YZjbsZD72PjoizHQ4AAAA/AMz8Ga0fpowK2/jSsaY3XVULjOVL2WMcWYjkyemwwEAAOD2xnJ0U4klz1zNrk+8ksxoq3Z8W8cemVluwHQ4AAAA3NpYVk6BR1PBmVE/5cM69koyhlj5zo4mZkc/LTEdDgAAALc2ljNTs0dVbFyx1mdeRdZ0Z0crN2bEdDgAAMDHMQNvwMzo2VGZjSuZKeU7fXYosy60Z7RyI1MOnpgOBwAA+Dhm4MXIDI38drUlmavMxpWMUZPpso49m6zpHvmd85mNUkyHAwAAfBwz8GIqp8CzU8HZn4q8w3RvZlRx9Nuboz/tuInpcAAAgA9jBl7In36o0oqNK1dP92YN8Gg+Z5cgMB0OAADwYczAC5lZ43fUio0rmfWaq5BJzmzYmfmlIJ1jRleWDwAAAFyMGXgRs9Owe41sXMms61S61rFnkFkHKs3uXs+YV09Xlg8AAABcjBl4AZVT4NLKjSvKq3X8SrJT1N6vC/Uw+tOOm/RReytdAAAAeDlm4AVUToGv3rjSO8VeQbZ8ZkcrxezIMdPhAAAAH8UMPJnshpSsVm9cqRgV7CFbPlX5mv0ZTabDAQAAPooZeCL6xuTMmr6jztq40rt+c5Tshh2paoq+YlkC0+EAAAAfxAw8kdn1fEfNfu4ms4FHOss4ZTfsVE8/z4rpcAAAgA9iBp5E9RR4xVRwdgPPGcap55uSmV8X6mHW8L95OlxlrbqrOtAqJ5WD4iiujqm+TyvRyLXy7rHqJ041Sq+6r7W+Qs/k/rxXbJ4DAIAkZuAJ9EzxZnXmxpWZKfcs2Q07K0yu0pzVm6bDVV9lDCs2manuqJ7d3WS2Xmxk8qzjRlBZqEwy5VvxnAMAwCLMwBOY+U1qS1Wd3JWjhHuyo7ky5yvWe1aMJp8xqnsGMjzVL0GbVEZ3NZhnGEvV3d6XGIwlAMCNMQMXM7vr2FJVZ6OOLiuZLyuNWXpGc2V6rDRm6THYnnQNVtpPQVOulZ/B8qRyWnUfZ1htLJX+iGG/Y1kBAMD/YwYupMc0ZVU5JSeyG3g06modP4vWrmWkclwxWrlRoadOh8tUVtfTllSPV97PXlYay5mXS4wlAMCNMQMXUrF276jqqcSeaXrr+Bl6PvWzuoPNGuxIT5wOHzGVii+jtWdEGiG18uThqaJurDKWel6z5avy2MpT1ySULytdr8xH8wkAAAOYgYtodVQjWmFc1HllVT0i53WOR8n0rR7dqlgHKwNhpX1XsiPqKn+NLHsmZ0PpKY7qVGZavbc+e7qzsWzVcf1dnw3rrd9euqP5BACAAczABaiTqBgBO2rFxoeeabrKT66oM81q9nudGXoMdqQnTYe3zLRM50zZq76qXD3z2jKqRzxVGMvNFHuMfPZHx0WaWbeMsQQAuAFm4AKy6wZ7tGqaVZ1/Vr1Tlx7ZkTJJBt1Ko5qZdXB7PWU6vGV6dK97R9E8lI7KZa8RA+Spwliu4HjNe83mGWMJAHADzMBiWh32qFaMVm5kTZ5UkY8e433GaKXoMdiRVJZW+ncjMj2VpnKPno2tro3cV093NZbec1XxsoSxBAC4AWZgMSumwFd3nF4nZWnW6PVs2Dm7k+wx2JFkoKz070R0rSvzLwM/+oUBT3c0llE9r1hSgrEEALgBZmAh6uCqJQOwYvRoT0++Zz871GNizzZoPXmLVLkWdQWR6ala7rACT3c0ltHMRcU6XIwlAMANMAOL6BmJ69EZnWbP+kIZXSuNDBrtzOqKDrJqbexZ60JHiUzPHU3ahqc75jl6Wat4YcJYAgDcADOwiMznVXp1xmil6F1fONIx6jp6pprPHq0UPca3pZFdxGcRGcuz1rSO4Alj+ZswlgAAJ2IGFhB1IjM6s8PsMX0j+eoZDZydbh+lctT5ztPhdzaWeslR/iw8aSOSFd8i2nwWnduKL6y4Itocpc8MWcfs2fJp/U14L7IKt+JbHK9lQy+BVnwRlV+GKO3sS/RoGnq+VfZ6NmXA96hNU92fvb4sOo/Op/OqvdvnRXVH+YxeTqMysOIDwCLMwEnUQPSYsqzOnk5Vg5aV4lppePQatrMad4sq3Xk6XJ2Pp6sN8aqXtE3RS1F0biu+WKUtnyt1vJaNqH5E5ZchSjtrinrTkIHr2VSp9i2bl16Ul562Vvm2XvaiMjjGBYCFmIGT9DQSPbIak5X0dOi9mw96ykhv61YaZ1G5pOGu0+GR0b/aEPfUwxFFxig6txVfrNKWz5U6XstGZFqi8svQawotsmnov3sM5VFqi7KjqC30zM20LbqOfXsSlcH+vACwGDNwAk1XrNAVnXt2A0/vaKUMco+uHK0U0RRmr+48HR6Nss/8IswsGMtfhbH0yaTR2+54khk8nr+XqrxI24BDVAbH8wPAQszAQVZNgUtnj1aK7HR1j/HT2/7qtZvVROaiV1eP/kW0fs7xijooKsvfUlTHonNb8cUqbflcqeO1bESmJSq/DBlT2KKVRtWvaG2aeUGsNJWbdI1RGVj5AIBFmIGDtDrmUVW8IY/SUm8Dq/hZyYBWTTvNEDXYI7rrdHjmOlXHz84/xvJXYSx9ojRk5KKXWb3sadZF9EyTjzwHPaZS7b7ytN/I40nXF5lnKy8AsAgzcIDqN+K9so3rClqNWY/xy46AbprtsKrQNVbqztPh0f3eS52e7s8ZdVMj4jqPhSctX7DiW0Qj7iPG0iNKS/mwjrE45n/Dk+6VFd/COp/Q3zzd3VhaZlFhMnlW+6WwlhmVetd+Z2a09HeVZ1Qn1ddYz2n07FrpAMAizMBO1BC1GoxRqbGwznkW0QijGl/rGI+saZF6TetqekYyWlJa1jnuQKbzsyTzoo52+2yOlfYKPM2anY07GksPTxVtSGTc7m4sj8quF1b7o3odyTrOozWjpb/3tHk96/mt4wFgEWZgJ6umwKWKDmcGb+pGDa4V36NnCki6crOIRY8pzuiu0+FCeat4UZKB1rOhe7nqej1hLH8TxvJXqU731kO9aEXK5q+VTu/o50Z2psw6FgAWYQZ2sHIK/OrRSuFNX2cbVNE7onvHEb3IFIzoztPhQve9cpRWUh1QB6pnxjrnCJ4wlr8JY/mremdYNlRnPWWvPUpDL+kzszOZkUvrOABYhBmYRI1Bdee716pRnl6O6n277tmwI412ACupfoG483T4huq3Os6K0cujdP1Ke6ZDFZ5mzc6G0vFkxY+I0sJY2qoyljNlED372bYweoYq7n2rH7KOAYBFmIFJeg1Tj3rN20rUKG9SAxktLD/ijXh6uqvhak1ljeguLw4tZP40KrLiJUppzoxgesJY/iaM5Xz5esqUbdQG9i4p8mgtNbKOAYBFmIEJWg3ZrHrM22r2Brq3E9mb0oxmO4CVVOvu0+EW6iRlMrV2stJojpaFJ4zlb/q6sax4WfWUKdtoqlp/s47pRS9/kaxjAGARZmCD1VPgdxqtFNvbcG8D3bthp6IDXEmvSW6posO7Gj0L6tRlLmbN5ki994Sx/E1fN5YV7an37GfKNprZqpy1iNonKz4ALMIMbBB1EBW602il2KZyeqYsZTh61+ZVdK4rWbH04SnT4T3szWavGe8dwfE0a3Y2omfdih8RpVVR9z193VhW1IUZY3mW4YvaJys+ACzCDAyI1stUqKpDrKa3c+o1YRWd32qiKa1RVU2F3RkZTY1eRx3sJr2MKL6VjoWnqucoMoNW/IgoLYylrTcbS9V1K/4olXUVACYwAwNaH8ydUW+neiY9+Rox308YuYs6r1FVLd5/CirD1jPUY7Y9VZgJUdlZR2llDVSEJ4ylfUwPK4xlxX3ZU1lXAWACM9AhenArVNEA3gGvIfV0tzWlESt0t6UPq9FLSmQue8y2p6pnqbKzjtLCWNp6s7GsXmNdWVcBYAIz0GDF52b2uvNoZQ8j33t8krFaMWL9henwI63nyTrGwlOFmRCVnXWUFsbS1puNpWTFH6WyrgLABGagQdQ4VKii8bsaGePeXcFPGq0UK36+82vT4RvRM5VdGuGp6nmq7KyjtDCWtt5gLNXGeaocTIjaJis+ACzCDDywYtPGXm/47IyIOk5LTxyl7b3GrL42HS4qjJanCjMhojxa8SMqrjfC092NZTTL8QZjGd33mR8HOBK91FvxAWARZuAOdfgyQCt1x58w7GVkqUBFg382UQc2oy9Oh1cYLU9VdSvKoxU/ouJ6Izzd3VhWlMvK/IkZYxkZ56oZm9aGSesYAFiEGbjDa1Cq9JbRyt5yeuqaUuV5hb44HV4xReipqsPGWP7KSuMWTeG+wVhGbUZVOxg9S5J1DAAswgz8f3p/OWZEbxitHNmwU9HYX8WqEeyrp8PVwVV0clkqpu48VZgpgbH8lWhEbPTnOEVkuqQ3GEvhHS/NlJ/IfN7NOg4AFmEG/qAGb/UU+BtGqVROvRt2nj5KG3USM7p6OlwvOaqTZ3xTNHpp0wiWdYyFp6o69iRjWWHUIzzNtGNRmUhvMZatQYrR+6/2V+XfknUsACzCDPxhxe7foyo6k6tpdQyWnj5KO3LNGV39orE3JhpFWTV6KeMavbT11I/I5FcY5OheW/EjorQq2oKoLCo2iUTGdWS0PTPS9hZjKaLy0/PQW1+zplKyjgeARViBI1O7veppkO7KyIadqpGkK2mNPszoqulwq2NWZ6dOuTJPLVOpv/UY2mhtWcUz9iRjGaVfURbRy3bPKLNo1YNNbzKWmXZDec3Uf13v0ahG5WmlAQCLOAbooc40eLOq6EiuxmtsIz19tFJkRlpGddV0eGuEXn/XvRs1mTqutcFA6r3+Vmc9u4nnScay9UI8Wxatss7eO11rto3NloviebqLsRSZmTCVje6V7qeuS32S2hz9t8rYG6WsrKsAMMExQFOAq9XbGN2RkVHdN1z3xipdMR3eO/KskRJ1kOrIZDbU4Vnob3qestN1o/WjZVKU7tEU67+VR11DdN7KzjpKS3mxjuklmm6V9PdWWXgjZpmXbh3vTbsrXH8/KspztlwUz5OuyzqmByvfUlR3LFSG2eehRzKiURlYeQGARez/ET2YlepdS3M31Di2OjBL2U7iCXgdTYX2nf4Z6Hwj97NS6mw9Q9MiMmxZeXXzacayNaqYkWcMRU9Zq07pOWnVrajdzZZLlMadjKWoNpfbsxOVgZUPAFjE9h+jZqlXs9NRd2CkIx9pgO+M7uMqXTEdrvq/8poizZjKjdmO2ivzpxlLMVsWkRGrbie3T+14eqOxFCrHzLR4S0pje3YwlgA3YfuPM6bApbNHo6pR/kdU2XHeARmRVZIxsM55BrpPXie6QhWdvshuBvHkvfA90VjKaMyYy5ZZmi3rTfsy95Qtl8hU3dFYbmh0eMSoq/w1Or1PKyqDfTwAWIz+Z+VmjL3eMFo5YjrecN1Hoka8QrMjeLPo+nTfKgyEJaVd/ZKl9EYNlTp3K80nGkuh+jP6gqB7bqW5R23mjHk9mj1P2XKJnsc7G8uN7XlrmcxtE52XhicrPgAsQv8zO3WU1dNHK0c27EhPv26PlfI6j7ORQdF9V6c3+5zoeHXyq+uDyq4nrzJS25Tskacay42Rsuh5EVT6PSNu3guFp68YyyO6nj2ZZyaaRbHiA8Ai9D/Hh3gFT9+wI9S4WdcW8Ybrhn9F91WGQh22UOdqsf1d8a8YgVV93fJ5zJuM5JY369i3sbos9JzL2FjpK0znvnoU/u14y7n0YmHFB4BFmIEAAAAPwhs51vS5FR8AFmEGAgAAPASNNnu64isTAJ/GDAQAAFiAlgVY4TNoyYGnzPpMACjEDAQAAChGplKSEaxa36sNUZ50HusYAFiIGQgAAFDMcYe+1j+OGkxthopMpRT9ihIALMIMBAAAKCRaB6mNN9rVnTGZmtrWusnWZ54YrQS4CDMQAACgkNbo4l4a2ZQx1IimPtekY/Xv7DdD9T1S1lYCXIQZCAAAUEjPh+pnJFPJ94MBLsQMBAAAKEZT2DJ+q4SpBLgBZiAAAMACtOlG09vVBlPT5fy6EcANMAMBAAAWs/0O/6jJ1HE6nvWUADfCDAQAADgRTWFvv+euTTvarGOh3eOaUmfKG+CmmIEAAAAAAL2YgQAAAAAAvZiBAAAAAAC9mIEAAAAAAL2YgQAAAAAAvZiBAAAAAAC9mIEAAAAAAL2YgQAAAAAAvZiBAAAAAAC9mIEAH2X75Q8LK/4qrPML5c+K/yT083vWtYl//8E6Bt6P9+y9oc4DfAozEOCj6CfjPFnxV+FJ+bPiPwmZR08yEtYx8H68Z+8NdR7gU5iBAB8FY7kejCVYYCwBXoIZCPBRMJbrwViCBcYS4CWYgQAfBWO5HowlWGAsAV6CGQjwUTCW68FYggXGEuAlmIEAHwVjuR6MJVhgLAFeghkI8FEwluvBWIIFxhLgJZiBAB8FY7kejCVYYCwBXoIZCPBRMJbrwViCBcYS4CWYgQAfBWO5HowlWGAsAV6CGQjwUTCW68FYggXGEuAlmIEAHwVjuR6MJVhgLAFeghkI8FEwluvBWIIFxhLgJZiBAB/li8by3374jx9k6v7rB51jQ/9WuP7+xx+s43u5wlj+6Ye//KD0//uH/TXq3wrX35U36/hqVJZnlvkoqhtbue3zuJXZn39QHOvYXpSuJYVb8cW+HI/3dcuf7r117EpUj6xy2/Klv12RryPKp/Kzr4P/+4PyZ8XPsKX51x/2173V67OeMbgQMxDgo6gB9GTFX4Un5c+KP4I63b/90CN13rMdg473pI7HOmYEddzqzP7+Q690nSofK90ZRspc97wiL56s+9mbT+Vxtl54z55V53Uu3aOsZJZW3M89Mti99U35Up2ffYHwys56njL57H0OdT+UZlY6t3fdnmbrF5yIGQjwUbwGWrLir8KT1cn2ohEedWgzUj5GR1zUQXiqMJbqOHtMRyR1gDOjNxtXl7nwtO+wlX6v8d1L5T5qkrxnb1/nlbZGwkale1BtUJSnHlNlabaeeWV3fJ6yZZd9DnXtM8+arlvPxj5NTxjLB2EGAnwUr4GWrPir8LTvZHuZ7QSOUqcwMgq00ljKGClf1ZLZGjFMFaZjr9EyF562DlvpVmi0rFrGUmnOmN69Kl5ghExRZX0bNeYtY9lbdsrH8RxHKp81PSNbup4wlg/CDAT4KG81lpWd8lG9RmeVsVxlKjf1lv2dylx40v2I7smI9kYhi/fsbeUePZsjGsnjniojftSIMffKZnueestuK3OPFc/alldPGMsHYQYCfJSoAbbir8JTq8G3yBocjVKocd+MhtD0nDrgVieijsY6t0VkYkaNpa6xNdWsa1D56Rx7tk0GLfWYuTPKXHGtc3t4ao26beUmeqbze/Pn3YPtnnlSOW/5Ez1mfsSgi4ypVFmpbql8t3ur/9a1tPKYGTHc45WdzqX61CulZ51HaKlJq25u2tedjehYlZGn3voEF2IGAnwUNXyerPir8KT8WfEjZFIiqfNpjZDo71Hnrk60lcZG1HnoHNYxLaK8qSPLGgh1/Jap07+z1ydaZS7DkUlPpsDriHvKXHiyzKLCdG5rx7fOqfKMDIJUZY5kwqz7oXtu5U9sebSubS+l46XhoZeoSMpvxgQpTmQwe0yvV3aqZ9F90nEqR7E3wNY5NjLGXfU/etnU36xnJGp/M2UKN8EMBPgoUcN2Byl/Vr491Fl4UofTM9IoFN/rqLKmUB2Ep2waRzwD0Wu+NnSM8rJdqzpoK55FdH1Kr7eDrChzkVU2TZVRy2T0lH322ZNhzaareC2T3/tMRdesc1nHRHj50z3PXqdXdla90TPRY1r36LhISrunTdGz4NXtozCWD8IMBPgobzOWnuFSY95rKjc846Q0rfhHIuM1Yiw14uRptjNSGclI9IxqnV3mWfORUa/hULlExkAvNtZxFplnb8S4iZa5zNaTyFiN5k14165RYyv+kWy7NfrituHVbUnPSc+LxEb04rTX7LMMJ2IGAnyUNxnLqBPMdlgeXkedMSbVxjJKz4q/kruWuWhpNH8azfXUcz9bz96ocdmoGGn0jJXCrfhZvJejbLqZditbTzyi2Q9p9KVJ6NiWMJYPwgwE+ChvMpZeRzrbCQqvI8ysqzvLWGZHUCvx6s/VZS4i9dSrI5Ep6Em39ezNGouWeWmZ1shYVZge3UdLmdHyVtn1LOXw8PInzY6EiqpRZbgBZiDAR2k10Fcr21F7JkSaHbnYsIxrxsydZSylTKdchYyJp5VlLllxj0TqmbK28FRlLHXd1jG9ROdolYFnfCpeGoQ32p0ZSY6uq2e5REQ0XV2RftRmSRjLB2EGAnyUqIG+g7IdtddJSRWdgPCmQFtTYtXGMuqQsqN5FURlXmVwVT6WMtOQnipGdj3Dm62vInr2ZpcRbET3qFX3ZCAtVYwGCu/FJDNNH5VdRf6i0d7KZ8yrRxLG8kGYgQAfJWqgrfir8JTtqD3TVzXyI9TZW2p1ANXGUnidvqQyO2Pk0jN9VSNawjNGmRFHT9k6FeE9Nz1pe2lIVfcvegmJ8hodNzvau8caFcyUYVR2FfmLntkq0y+8Z0jCWD4IMxDgo0QNtBV/FZ4ynYzwrkPGUg10BZ6xbJlDHetp1FhGI1GbdO0y3IqbGeHr5c5lLjyNlvke79qz9VV4aUhW/FG8Kd3oBUBl70n35HifRrFG7DIjylHZVZjyswyfTLCnyvPAYsxAgI9yVufWwlO2o46uY7WuMJbC6pRbUjnJbG7mwEo3y53LXHi6u7HsSSNDdJ+s+CLz4rJSVp72jFxTD2cZy6htwFg+CDMQ4KOsbqCzeMp2slfqKmOpNWoj5vIorRmTkehdixpNx68WxjKPdx7Jii8iY3WGrDztGbmmHqLrr1qzLTCWL8EMBPgoqxvoLJ6yneyVahmVVcZSqJPz1pf2SlOQyk+247xSmXLzNFvmwntusvVVVKSRwTuPZMUXKqMrZeVpz8g19RBdf+WyEozlSzADAT7K6gY6i6dsJ3ulWkZlpbHc0Loy7ab11tP1SKOgmc6TEcvfK1tfRUUaGbzzSFZ8ERmrM2Tlac/INfUQXX+l4cNYvgQzEOCjrG6gs3jKdrLelLDC1UCvpLVZQHE8VRnLPTqf0tUU9+hUuQxqa+TSqzt3KHPh6e7GUuVnxR/FO49kxRfRGkv9zbonlVh52jNyTT1E11+5K97bnCZlygFughkI8FFWN9BZPGU7au86ssevRB2EpxXG0kJ5UGepafPonu/V+p7gnctceLq7sZSs+KN4o9iRgY3q7B0Mz+qyi65fz5B1zAjRr+/coZwhiRkI8FHO6txaeMp21FEDbcU/k6iTOstYWmjkJbr/UjQyGK3ttOKfjacnGMuqdXy6f56ivEbHaZTNOuZMorKz4vei0XpPld9pjZauYCwfhBkI8FFWN9BZPGU76mhKacU3HHu4q7HciAxiZCKi6cI7dIqenmAsq8xbdI9a5eCZnjN/3cnjjHYrWkZSUb+jeyNhLB+EGQjwUc5ooDN4ynbUMo+eKqeuRojydgdjKbyNOFH+olGtzM/yrcbTE4xl1TrL6ByttYIykJ4qP7kzQnRdVvwRVE88Vdyf1uY3jOWDMAMBPsoZDXQGTz0dtddQa+Qls9ljJZ7uYMCEN2rZGp2KRnXuWuZPMJbSrLGIXmikljmcGe1czRntVvTiJM2UQbR0ZxPG8kGYgQAf5YwGOoOnno46mg7vSSdDr2nyVLleawbPWLZGeyPzcdcyf4qxlGmfGRmMTH/mhUbnjtYAVi8x6bnWqOys+KO0DKDqv3VcRDQSuhfG8kGYgQAf5awGuoWnno661RFWjQ7KwPaOgkbTXqOdk0YTZ4zHnpGpcHF2mfeYGU9PMZbSaPm1DFHWtEQmqPd+eOg5kgnuudaz2q3WqKWk5zDTFihOtLzgKIzlgzADAT7KWQ10C089HbWIRi0lpddjCPeood+XV09HGHUoIx30Zub0/+r8ZwxmtHkn07m1NiHINFxR5p6eZCylnhcIxWuZyp48Kr3opUj1b3SjkdLWvdjqspStJ1HZWfFnaLUpm1TuehZUZ3VtQv+tMO/5n3324CaYgQAf5cwGOsJTTye4kemw1QlkPnQsw6eOxZtWzHaELfOlztvqSJS+Oqh9mJWWOufsNW3o2iLD2zNNnxmJObvMPd3dWFrhm4E71oUNhateRCZwU6/JV71sSedV/lppK5+qA6oLe0O5SeHWcUeiZ9yKP4vyVS2VmcrDE8byQZiBAB/l7Abaw1NPR72hxjpaX3aUziE0eqAOZPt3Rq01iBvKk9WRHqU42/m3+McOJpM3Xb/MnkzUEV1jxoD0mNSZMhfbvzPKmg9PKgMrfg9eXhVuxbfw0lD+opEslbOOVTz9v5eOJZlPKy8tWi9Ge6luKU9b/dvymKlzqvOqS1Ye9kTXbMWvoNJc6jq3WQpPGMsHYQYCfJQrGmgLT8qfFb9Fr9EZVU/+1MmOaN/BaEToDGXN256zylznsM5/xNMTjOWKshy5p3t6zOWMMobKKzvJil/F6DO8lwz2fumLJ4zlgzADAT7KVQ30EU89HfURdc6VowxHaVQpM7qyJypvT8cORv/OjP6MasaAqDyi0bZZ9ZS5pycYS/290lxWXLNQ3cuMvI9IdTprpqLnyIpfiUzhyHMsWfXXE8byQZiBAB/lygZ6j6eejtpDDfRoR2BJae1HHHpQp9KbF6+Dya6py0pp9Ux/R6wo896O1tNTjKVQfcmsX/VUeU83lKfKlwflsfeeRHXLir8CtQEqh5b519+j9aeeMJYPwgwE+Ch3aKCFp56OuoUaao3GjYy4qHNQJ9K78cGjxxS2OphtM8SoyZRxGV171+LKMvf0JGO5oXKMntWjVBeizT4VKO1ok1Uk1QfVu1HTG5WFFf8MZDR1n/ZY8fboGE+Z4+EmmIEAH8VqDDes+Kuwzi9GRwZbKF11iurE1cGpo9ojQ6O/KQ8rO2elb+Vh9PwyYeqsdazS2Kc5m/YsrTKXAdXflP+KfOn6LCpeDrznpqe+emlE+dPf9BKgcjqWn+6ryrcnD1XofkX1Tvdbf1PeK/LnlZ2w4t8VlZmninoKJ2EGAgAAAJyITLgljeha8eGmmIEAAAAAJ6FRXm+JiEZ4rWPgppiBAAAAAAaja0EjtDTAk5Y0WMfATTEDAQAAAA5oraNUucNea00jnbn2GQowAwEAAAAOHNdBajPSzFcUNBoZaeY7snARZiAAAADAjmgdpMJlArNfMZAZlSmNpDQZrXwgZiAAAADAjtaU9V6aKt9/Wmn/SaisVqzlhBMwAwEAAAB2eJ8DWqGZ6XW4GDMQAAAA4IBGEUd/1SorTOXDMQMBAAAAHGT+qg2mpsmv+KUkKMYMBAAAAGggI6gp8hmTqXWYT/v5SQgwAwEAAAA60DcuNVWujTraIb5t1jmybejJ7iCHh2EGAgAAAAD0YgYCAAAAAPRiBgIAAAAA9GIGAgAAAAD0YgYCAAAAAPRiBgIAAAAA9GIGAgAAAAD0YgYCAAAAAPRiBgIAAAAA9GIGAgAAAAD08csf/g/xEkPsm/4xSAAAAABJRU5ErkJggg==</LogoNegativ>
+          <Division>Werkstätten Helsenberg</Division>
+          <LogoW>iVBORw0KGgoAAAANSUhEUgAAApYAAAC9CAYAAAAJBj3WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAACfYSURBVHhe7Z2Nsew6sYUJgRAIgRAIgRAIgRBeCIRACIRACIRACGSwXy044vm13K3Wn+0Zf6vqu3WPtkYjt2VpWbI8v/n5+fnNC/n9z8/P335+fv7n5G9v5k8//9G/fn5+fnfydwAAAACXKuEF/Pbn5+efvwyU9IeTPG9ERvKov5zkAQAAAHCpEl6ADNNRfz/J80Y0g3uUzLfNAwAAAOBSJXw5mp08k2Yxbd434cVFjwzYvAAAAACnVAlfzj+sc/qlP57kfRPHRwOOYjkcAAAA0lQJX4w26nh6s4GK4iIjbvMDAAAAnFIlfCla0o301ucJtWFHO8AjsTscAAAAUlQJX4q3BH7UGw2U3bBzpj+ffA4AAACgokr4QqKl3qPeZqC8DTtWLIcDAABAiirhy8gs9RZp9s5+/pvxNuyc6Y2zuQAAANBJlfBl6B2VPbKf/1ays7hFb5vNBQAAgAGqhC9CZqhXb/gVnp5Z3CKWwwEAAKBJlfAljJgn6Q2vHcps2DkTy+EAAAAQUiV8CaPm6dtn5rIbds7EcjgAAACEVAlfgH5FZ0bfPDPXs2HH6ttNNwAAAExSJXw4+s3vkSXwo/50Uu430Lth50zfbLoBAABgkirhwxldAj/qryflfjqjz5xasRwOAAAALlXCBzPz/OBRMmC27E9nheGWWA4HAAAAlyrhQ9ES+Mzzg1b6bXH7HZ/KKsNdxHI4AAAAnFIlfCh6TdBK6XlE+x2fykrDLbEcDgAAAKdUCR/I6hk56VuWfFds2LH6ltgAAADAYqqED2P1EvhRKtt+3yexasPOmVgOBwAAgIoq4cPYMSNXpPdh2u/7JFobdmQ69SypZiB7xXI4AAAAVFQJH4RM0U598muHMo8HlPd1jvym+t9PvhMAAABeTpXwQYzMtPVIS+z2Oz+F1uMBx2PLmNAzffqjAgAAALCYKuFD2LkEftQnvnYoMwN5/HUhGcQRfesvFAEAAMAgVcIHoI0jV+nTniXM/KTl2a7u1gznmfQMpy0HAAAAXkyV8AHo+b5ZyXxpCbhlwj7tWUI9F9qSjtt+bjSmLIcDAADAf6kSHk5mmTejsoybebG6rcNTyTwr6Rnl0UcLWA4HAACA/1IlPJhV72U8misZo5Y+5bVDmc1MZ7OVQsc4IpbDAQAA4L9UCQ9mdLnW6miuMrN8mtW0dXkamZncyATOPLfKcjgAAAD8myrhoWRmFjM6Wwpu6emvHcps2JFav5YzKpbDAQAA4N9UCQ8ka5wyOlsKziwht0zZnWQ27GRe9j46IxzNhAIAAMCLqBIeSOunCbM6m60UGWP21Fm5zFK+lDHGmY1MnlgOBwAAgMcby9FNJWfyzNXs84l3kplt1Y5v+7kzZh43eKrxBgAAgAupEh7EyiXwaCk4M+unetjP3U3GEKve2dnETBw8PdV4AwAAwIVUCQ9iZmnWyputLGR09nzmXWRNd3a2sjCjrIEFAACAL6VKeAgzs2dW0WxlIbOk/KTXDmWeC+2ZrSxk4uCJ5XAAAICXUyU8AJmhkd+uPpPMVWu2UmSM2tlvbN9B1nSP/M75zEYplsMBAABeTpXwAFYugWeXgjPPK0q9M4A7yMwqjr57c/SnHYueEB8AAAC4iSrhZn5vncqEepaCs7OAdy/3Zg3waD2zcfA0+r0AAADwBVQJN5OZjcsqO1tZyCjzvOYusht2Rmcry3fM6M74AAAAwM1UCTcyuwx7VM9sZSHzXOedrx3KPAcqze5ez5hXT3fGBwAAAG6mSriJlUvg0s6NK6qr/exuskvU3q8L9TD6045Feqm9LRMAAABeQJVwEyuXwEeXgrMzpr1L7CvIxmd2tlJk4+CJ5XAAAICXUiXcQHZDSlajG0iunBXsIRufVfWa/RlNlsMBAABeSpVwMXrH5MwzfVajs5WiZ+NK7/Obo2Q37EirluhXPJbAcjgAAMALqRIuZvZ5PqvR2cpCZgOPdJVxym7YWb38PKvV9QEAAIAPoEq4kOwSb1YrloKzG3iuME7ZpXkp8+tCPcwa/m9eDles1XbVBlpxUhyUR3n1mdXnaSeauVbdPXb9xKlm6dX29ayv0DV5/N5VM/MAALCBKuEiepZ4s7py48rMknuW7IadHSY3O1Ma6apZ3StQe5UxzJ6TSGo7amdPN5mtG5sVN3IFxUIxycR3xXUOAACbqBIuIjszmNWqQa41mB610xhkZ3NH3teZIfv9kXYY3juQ4Vl9E1SkGO1sRzO0roUV15zabu9NDMYSAODBVAkXMLvr+EyrBpueDTwj78rM0DObu+vVRy1TkdGnL4dryTUzgzYrxWnXeZyh1QZmjaXKz7bzo54YKwAA+EWVsJke05TV7ABnyW7g0ayr/ewK9OxaRrtmKwsr9KnL4TKVq9tpS2rHO89nLzuN5czNJcYSAODBVAmb6V32ymj1UmLPMr397Cw9r/rZPcBmDXakT1wOHzGVZZPOkRFphtTWJ8LTiraxy1j2vGJM8SjxLJt5vNUJL+aj9QQAgAGqhI20BqoR7TAu2Q080uoZOW9wtJLp2z271WOwPX3acnh2Rl3x18yyZ3KO5ZUdzpll9d727OnJxrLVxvV3vTast3175Y7WEwAABqgSNqFBYsUMmNXq2UrRs0y38pUrGkyzmn1fZ4Yegx1ptfneSctMy3TOxL7sfvbMa8uoWjytMJbFFHuMvPanZVZnnlvGWAIAPIAqYRPZ5wZ71Du7k0WDf1a9S5ce2Zky6YpXHYkegx1p13laTcv06Fz3zqJ5nO2GHjFAnlYYyx3YYz5qts4YSwCAB1AlbKA1YI9qx2xlIWvypBX16DHeMzNmPfQY7EifshwemZ6VpvKIro3S1kbOq6dZk7YL77pacbOEsQQAeABVwgZ2LIHvHji9QepMI4bgSM+GnasHSc8I9Kp3ifcOomPdWX8Z+NE3DHjafX2MELXzFY+UeNfs1dcMAMCrqRIWs+o5vaN2v2ZH9NR71BQUvAHxTDsNzhk9dYu0wjjsJDI9qx532IGnJxrLaOVixXO4XlvFWAIAXEiVsJBosJ7RFYNmz/OFM0u9PRt27hgge5boI61Y6txJZHquaG+jeHpinaObtRU3TBhLAIAHUCUsJPN6lV5dMVspep8vHBkYezbsSCPfMUuP8W1pZBfxVUTGcvZRh514wlj+nzCWAAAXUiUsIhpEZnTlgNlj+kbq1TMbOLvcPsrKWecnL4c/2VjqJkf1O8OTNiLZvB7R5rPou23egs1XiDZH6TVDNr+l1NOmF7wbWaXbvB72WArRq5ei+GWIys7eRI+Woetbsde1KQN+RH2a2v7s8WXR9+j79L3q7451UdtRPaOb0ygGNi8AbKRKWEDPL2v06OrlVG8G5Ey9syK9hu2qzv2MVbr6/PWgwcfT3YZ4101aUXRTFH23zVvYpVLPnbLHUojaRxS/DFHZWVPUW4YMXM+mSvVvZ+WsQHXp6WtV77ObvSgGNi8AbKRKWEBPJ9Gjs85kJ9GgatW7+aAnRne/B9KbCRpRNONwJ5HRv9sQ97TDEUXGKPpum7ewSxhLn2wZ+v8eQ2mlviiaAe1B19xM36LjOPYnUQzsdwPARqqESbRcsUN3DO7ZDTy9s5W9zy3eOVspoiXMXt09+xcRzbLP/CLMLJG5W6HIGEXfbfMWdglj6ZMpo7ff8bTiLQmr6iKVCYcoBvb7AWAjVcIEu5bApatnK0U0i3VUj/Hr3bAzO2itIDIXvbrjBiFL6+cc72iDYmX8zxS1sei7bd7CLmEsfVplZG+Ss5q5QVxpKot0jFEMbB0AYCNVwgStgXlUK+6QR2mpt4Pt2bBz1Q74FlGHPaKnLodnjlNt/Or6R+ZuhSJjFH23zVvYJYylT1SGjFx0M6ubvbJJpmeZfOQ66DGV6vdVp+NGHk86vsg823oAwEaqhEGii3pW2c51B63OrMf4ZWdAi2YHrFXoGFeq14xfSXS+j9Kgp/NzRduMdmZ7WrUrfMRYekRlqR42v4etf8HTil3hUfmz12lUdlSnbBlnZrFsgDnrv5TWMqNS77PfmRUt/V3xjNqkxpqz6/QsrciWAQAbqRIG6F3e7VHv84uriWYYe5dGo47Pqte07uZscBrVk5fDM4PfmWReyitRsmZgBZ5mzU4hMoM2b4uorBUx87SiD4mM22yso7KzcYnKsMo+L6z+p7W5xn4morWipb/39Hk9z/PbzwLARqqEAVodxoyyHesuvKWb3uV5rxxP2c7/KnpMcUYjy2hXobqNmEsrGWhdG633783gadbsFCIzaPO2iMpacZ17wlj+R2rTve1QN1qRsvVrldM7+1nIrpTZzwHARqqETrIX9ohWDAizeMvX2Q5V9M7oPnFGLzIFI3rycrjQeV85SyupDWgA7X01VYSnWbNTiM67zdsiKqvnevLwtKIfiYzbbKyjsrNxicoo6l1hKURvhcgee1SGbtJ7ZiotmZlL+xkA2EiV0IE6g9WD71G9d9e7sOq9u46W0880OgDsZPUNxBPNs0XtWwNnz01BVjp+lT0zoApP2QG/RWQGbd4WUVlZAxXhCWM5F4Po2s/2hdE1lD3GiNY4ZPMDwEaqhA56DVOPsh3WFRyXgdVBRg+WW7wZT09PNVytpawRPeXGoYXMn2ZFWoPXiFTmzAymp1mzU4jMoM3bIiprhbnwNGOqCpFxm411VHY2LlEZUrYcD0+Z2EZ9YO8jRR6tR41sfgDYSJWQpNWRzarHvO3maKB7B5HeZxNnB4CdrNbTl8PP0CApk6lnJ1cazdFYeOptpx6RGbR5W0RlrWj3njLmp0XU383GOio7G5eojBU3q54ysY2Wqlc9S956c4XNDwAbqRIS7F4Cf9JspSh3w70ddOsu2irTSd9Jr0luqTeeT0TXggZ1mYtZsznS7j3Nmp1CZAZt3hZRWVkDFeFpxXUVGbfZWEdlZ+MSlTHSrizetZ+JbbSytXLVwqujZPMCwEaqhATRALFCT5qtFGUpp2fJsnfDjpQdRO4iGiBGtXJgeQpHsxkNdmfqncHxNGt2CtG1bvO2iMpa0fY9ZcxPi8i4zcY6Kjsbl6iM2foJrx1nYut9VrJ5Z4j6J5sXADZSJTSInpdZoRWd4A4yHeiRqJM7U2/5dxAtaY2q10h9IuWF09EAW9T7/lJPq66jyAzavC2isrIGKsLTimtrp3GLys7GJSpjtn7Ca7uZ2HqfVVu3eWeI2pfNCwAbqRIatF6YO6PeQfVKeuo1Yr4/YeYuGrxGterh/U9BMWxdQz1m29MKMyFWDtZRWVkDFeEpY35aRG1/NtZR2dm4RGXM1k945jAT25nP9hC1L5sXADZSJQREF+4KregAn4DXkXpa8QzUVezQ0x592I1uUiJz2WO2Pa26lqJr3uZtEZWVNVARnlYYmJ3GLSo7G5eojNn6Ca9Py8TW++zqZ6yj9mXzAsBGqgSHHa+bOerJs5U9RO988/RJxioyRKPqmaH7FlrXk83v4WmFmRArB+uorKyBivCUMT8tdhq3qOxsXKIyZusnPHOYia33WcnmnSFqXzYvAGykSnCIOocVWtH53c3IbvlPmq0UO36+s2eG7puIrqnsoxGeVl1PKwfrqKysgYrwlDE/LXYat6jsbFyiMmbrJ7y2molt9Ks7KycTor7J5gWAjVQJJ+zYtHHU6iWRu4gGzjN94ixt7zFm9UmztquIYpk1FJ5WmAkR1dHmbRGVlT3eCE8Z89Nip3GLVjmycdlZPzFjLKPz3vOmjRbRTb3NCwAbqRIMGvB7X5vTqyf+hGEvraXNM63o8K8mGsBm9Mbl8GjAzRoKT6vaVlRHm7dFVFb2eCM8ZcxPi6jdz8Z6RVx21k/MGMvIOK9asWltmLT5AWAjVYLB61BW6VtmK3vj9ImzlaL1CxejeuNy+IolQk+rBuzI9Ni8LaKysgYqwlPG/LTYadyiJdxsXHbWT3j9Wya2UZ+xqh+MriXJ5geAjVQJB3p/OWZE3zBbGd2Re1rR2d/Frhnsu5fDNcCtGOSyrFi685QZ8DNEZtDmbRGVlTVQEZ5WxCKaERv9OU4RmS4pG5cnG8vo89JM/ER0borsZwBgI1XCL9Th7TIQRd8wSzWyYefTZ2mjQWJGdy+H6yZHbTK7cWaG6KZNM1g2v4enVW0sMoM2b4uorKyBioiuQ5t3BE8z/VgUEykbl6cby6i9S9njtLRe3VVkPwcAG6kSfhEtz6zSaGfyJFoDw5k+fZZ25JgzmhmgV3A0JppF2TV7KeMa3bT1tA9vwJdWGOToXNu8LaKyVvQFUSxWbBKJjOvIbHtmpi0bl6cbSxHFT9dDb3vNmkrJfhYANlIlDC7t9qqnQ3oqIxt2Vs0k3Ulr9mFGIwP0Cs4GZg12GpRX1qllKnufOYueLVtxjUVm0OZtEZWVNVARUfkrYhHdbPfMMotWOyjKxuWs/RY9xVhm+g3VNdP+dbzWqEbxtJ8HgI3YhCuWwKVsh/lkvM42Us9s1FPJzLSM6q7l8Mg0SPq7zt2oydTnIhNY1Hv8rcF6dhNPZNZs3hZRWSv6g9YN8WwsWrHOnjsda7aPzcblE4ylaF1nkmKjc6XzqePSmKQ+R/+vGHuzlFH7svUAgI3YBC0B7lZvZ/REWoPYmb7huAu7dMdyeO/Ms2ZKNEBqIJPZ0IB3hv6m68kbCK1G20fLpKhca4r1/6qjjiH63pWDdVRW1kC1sLNYVvp7KxbejFnmpluf95bdlX5m0KI6Z+PyKcayZ/m6RzKiUQxsPQBgI8d/RBfmSvU+S/M0RjbsSNlB4hPwBpoVGp0VHEXfN3I+V0qDrWdoWkSGLSuvbUZl27wtorK87++lNauYkWcMRXQMVmpTuk5abSvqd7Nxicp4krEUq81luXaiGNg6AMBGyv+MmqVezS5HPYGewaVopAN+Mpll3VFllxRXova/85gizZjKwuxA7cU8aus2b4uorKyByjAbi8iIre4ny6t2PGXjEpmq6HiyrDSWQnHMLIu3pDLKtRPFwH4/AGyk/M8VS+DS1bNRq+ldNi3KDhCfws6f+bxjObyg8+QNoju0YtAX2c0gnrwbvsgM2rwtorJWXh+zM2ItszQb66JjzD1l4xKZqhVtzLsmWrFqodnhEaOu+Nvn1aMY2O8FgI3oPzs3YxzlDV6fhNfBRvqG47ZEnfgKzc7gzaLj03lbYSDOpLJX32SpvFFD5b2tIDKDNm+LqKysgcqi9jNyrUo657Y8i/rM0VhL1ux5ysYluh7td43gxXLWWBbK9dYymWUTnf18KcOTzQsAG9F/ZjrIHq0eSK9mZMOO9OnH7bFT3uBxNTIoOu8a9GavE31eg/zu9qDY9dRVRsr79ZPIDNq8LaKysgaql5FY9NwIqvyWGTrKu6HwlI1LZKo+wVhadDxHzmJmiVZRbF4A2Ij+Yy/iHXz6hh1Rdo/28A3HDf8fnVcZCg3YQoPrGeXvyn/HDKzaa6mnrZuMZKmb/dw3sjsWus5lbM7KV5q++4428Ca8x7nufLQG4JVUCQAAAB+GN3Pc+/J6AJikSgAAAPggNNvsyXvjAQBsokoAAADYxI7np/XIgafM85kAsJAqAQAAYAPlBfYygjPPtB6J3j+r77H5AWAzVQIAAMAG7A59Pf84ajAzP2oQ/YoSAGyiSgAAAFhM9BykNt5oV3fGZGppW89Nept1ipitBLiJKgEAAGAxrdnFozSzKWOoGU29rkmf1b9bZrJI7yPl2UqAm6gSAAAAFmOXwXdJppL3BwPcSJUAAACwAS1h7/qZVAlTCfAAqgQAAIBNaNONlrdXG0wtl/PrRgAPoEoAAAC4AO3aliEcNZnlt915nhLgQVQJAAAAF6Ml7PJ77tq0Y39z/fjb7lpSZ8kb4KFUCQAAAAAAI1QJAAAAAAAjVAkAAAAAACNUCQAAAAAAI1QJAAAAAAAjVAkAAAAAACNUCQAAAAAAI1QJAAAAAAAjVAkAAAAAACNUCQAvpvzyxxk2707sdxdUP5v309DP79njKvzhJD+8A+/a+4Y2D/AqqgSAF6OfjPNk8+7Ek+pn834aMo+eZCRsfngH3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J56+YZDFWMIZ3rX3DW0e4FVUCQAvxhvcJJt3J552DLK/+/n5+eMvU/fXX99R0L+Vrr//9uSzI9xhLH//8/Pz51/l/80co/6tdP1ddbOf3YFieWXMR1HbKHE7i9mffuWxnxvBu/aiNn+Moz2vpX469/Zzu1E7OotbqZf+dke9LKqnbYP//FU/mzdLKfMv5rhLu77qGoMbqRIAXow3uEk27048RYNsLxp0/2G/oCEN3rMDw1XGUgO3BrN/2S9JSMep+NgyZxmJuc75irp4OjufvfVUHc/K6cG79s7avL5L5ygrmaUVMYyQwe5tb6qX2vzsDYQXu7PrKVPPs89F6HyozKz03d5xe5ptX3AhVQLAi/E6aMnm3Ymns0G2F83waECbkeoxOuOy21hq4OwxHZE0AM7M3hTujrnwdBywVX6PobRS3M/MQgbv2ju2eZWtmbBR6RysNiiqU4+pOtNsO/NiZ6+nbOzs5zx07DPXmo5b18axTE+rzxtspEoAeDFeBy3ZvDvxNGMsZwcBKw0KI7NAO42ljFE0EzMqma0Rw7TCdBw1GnPhqQzYKneFRmPlXXulzavMGdN71Gw7K8gUrWxvo8bci105zt7YqR72OywrrzVdI6VcTxjLD6JKAHgxXgct2bw78TRqLHsHlh71Gp1dxnLlQHem3tg/KebCk85HdE5GdDQKWbxrr8Td+/uoRup4ZJURtxox5l5syvXk/d1Tq63vuNZKXT1hLD+IKgHgxUQdsM27E0+tDv+MrMEpGzKK0RBanms9jyX1LNFGJmbUWOoYW0vNOgbFT99xpGwyaKnHzF0R896B1lNr1q3ETbRifFRv/bxzUM6ZJ8W51E9k4l7Uc06PZEylYqW2pfiWc1s2GrXqmJkxPOLFTt+l9tSrqJ/RoyZReznq2HYK0WejvqG3PcGNVAkAL8broCWbdyeeog7fo7UUq8GnNUOiv0eDuwbRVhmFaPAYNZZR3XqWjzXwn5k6/Tt7fKIVcxmOTHkyBbYuRT0xF57OzGLZGXy241vfqXh69SpaZY5kwux36d8652f1O9bx7NiOUjleGR66iYqk+mZMkPJEBjPbZoUXO7UzG7ujimkXRwNsyz8S1blI7T+62Swb66y845Ba9YIHUSUAvJioY3uCeo2lBgtPGnCizv+MaAksawp3GEvPQPSar0Ix0uVYNUDbPB7R8am83gFyRcxFVtkyM7OyPbHPXns9zyEq35mBOar3moqOeWR53atfz82MF7uzdjOzQ741U6uye/oUXQtndTxT73UDN1IlALwYr4N+inoHQc9wjZjKgmecVKbNe4b3eSlrao5oxsnT7GBUdkn3zGpdHfOs+cio13C0lkXtjt+IzLU3YtyEZ96Ksu0kMlajdRPesWd3inuftxq5vo54bVsaeTZURDdOR2XPETyAKgHgxWQ76LvUYyyjQTA7YHl4A3XGmHgmSRoZ+KLybN7dPDXmoqXR+kWvsOk5n61rb9S4FFbMNHrGSuk2bw/ezVG23FbspGw78YhWP6TRmybRerxAwlh+EFUCwIvJdNB3qsdYegNpdrCK8AbCzHN1kRHsMSKt8rIzqCvx2s/dMReRetqVJTIFPeV6sSuaNRZRPaWWaY2M1WzdhPcqsMxseSt2PY9yeHj1k0auW4t341S0IsZwEVUCwItpddB3KztQeyZEmp25KJwZ14yZ84ygNDJAReVlBuVVyJh42hlzyeY7I1LPkvUZnrLtVUTXno7b5h8h+o5WDDzjs+KmQXiz3ZmZ5Oi4eh6XiIiWq1eUH/VZEsbyg6gSAF5M1EE/QdmB2hukpBWDgPCWQFtLYpERHDGW0YCUnc1bQRTzVQZX8TlTK+bCU+ZmoIVneLPtVUTXXsZcZYjOUavtecvgK2YDhXdjklmmj2K3on7RbO/Ka8xrRxLG8oOoEgBeTNRB27w78ZQdqD3Tt2rmR3jvx2sNAKuNpfAGfUkxW2XsIjzTt2pGS3jGqDXbJjxl21SEd930lO2VIa06f9FNSFTX6HOZ2Gc5mxWM6lWIYreiftE1u8r0C+8aklr9CjyIKgHgxUQdtM27E0+ZQUZ4x1HesbcCz1i2zKE+66n1WQ/PcB2lY5fhVt7MDF8vT4658JT5bAvv2LPtNSpDsnlnODNvUnQDoNh70jmx52mUsxm7zIxyFLsVpvwqw7f7OVa4iCoB4MVEHbTNuxNP2YE6Oo7dahkVDRCeWp+NOBuUW1KcZDaLObBl9vDkmAtPmc+28I49215XlZHB+x7J5i1kblx2ytbHMnJMPVxlLKO+YeX3wGaqBIAXs7uDzuIpO8jeqZZRiQaP1mcjMi/szkjPjMlI9D6LGi3H71Ymbp4yn23hXTfZ9rqqjAze90g2byEyVlfI1scyckw9RMffe51ERH0DxvKDqBIAXszuDjqLp+wge6daRiUaPFqfbaFBznu+tFdaglR9sgPnncrEzVPmsy286ybbXleVkcH7HsnmLUTG6grZ+lhGjqmH6PhXPlYS9Q0Yyw+iSgB4Mbs76CyesoPsnWoZlWjwaH02i54rO/vN7xFpFjQzeDJjWSvbXleVkcH7HsnmLUTG6grZ+lhGjqmH6PhXGr6ob1j5PbCZKgHgxezuoLN4yg6y3pLwyo0kHq3NAsrjaYXJsej7VK6WuL24tJR5F6DXdp4Qc+FpRcy9Y8+216iMlW8yEN73SDZvIXrGUn+z52M1tj6WkWPqITr+FbvOC97mNCkTB3gIVQLAi9ndQWfxlB2ovePIfn4nGiA8rTA5GVQHDZZaNvdiZdV6n6BXzhNiLjytiPmKY/fKkGzeGbxZ7MjARm32CYZnd+yi41/xnsyC9xJ66QlxhiRVAsCL2d1BZ/GUHaijDtrmvZpokFphckbRzEt0/qVoZjB6ttPmvQNPK2LuxS3bXqMypMyjCBmi91FGdY0+t/I9jqNEsbN5R/Be3i5Fr2nqxTP9Esbyg6gSAF7M7g46i6do8DsSLSmtGqRHeaqxLEQGMTIR0XLhEwZFTyti7l032fYalSFFce8hOketOHimZ+Uvz4wSxc7mHSV6jGRF+47OjbTiO+AiqgSAF3NFB53BU3agjn6CbeXS1QhR3VqD+1V4G3Gi+kWzWq1l9CvwFB1TFu+6ybbXqAwpWqbuIfqO1rOCMpCeWs/f7iY6Lpt3lGgDz4rz411zRRjLD6JKAHgxV3TQGTz1DNReR62Zl2hJ9wo8PcGACW/WsjU7Fc3qPDXmn2AspVljEd3QSC1zGM2orYjhDFHsbN5RohsnaSYG0aM7RbPnHy6kSgB4MVd00Bk89QzU0XJ4TzkZek2Tp5XPa83gGcvWbG9kPp4a8xlDUPCum55j9sookmlvmb+IyPRnbmj03d5yuLT6EZOeY41iZ/PO0DKAav/2My2imdCjMJYfRJUA8GKu6qBbeOoZqFsDYWYwzSAD2zsL6s2mSqODk2YTewbjCK9+LRN2dcx7zIyn1jFl8K6bnvbqlXHUaPxahihrWiIT1Hs+PHQdyQT3HGsUO5t3htaspaTrMNMXKE/0eIFV9hzBA6gSAF7MVR10C089A7WIZi0llZcZBM5QR3+MV89AGA0oIwN0MXO9v5ZzhjdbKWUGt2jWUpJpuCPmnj7JWEo9NxDK1zKVPXVUed5Nh6T2N7rRSGXrXBxvTLLtJIqdzTtLq08pUtzLOz51bEL/rzTv+p+99uAhVAkAL+bKDjrCU88gWIiOqUiDQGvzgpDh08DiLStmB8KW+dLgfTaQqHxrKs7K0uCcPaaCjs0b8KSeZfqonKJs/VbF3NPTjeVZejFwti0UlK52EZnAomz8CmqXLel7Vb9W2aqn2oDawtlMd/bG4SxGRTbvClpmfUSKmeLh6aw/gIdSJQC8mKs7aA9PPQN1QZ21Z0rOpO8Qmj3QAFL+nVHrGcRjnc4GUivlKd9f8tsBJlM3Hb/MnkyURceYMSAZE3g8vtGYl5e2Z45LypoPT083lqpfNJOlOOuzytcTN2nksQtxdjPjSW1LdSrtr9Qx0+bU5j3zfCQ6Zpt3FSvN5XGVwpO97uHBVAkAL+aODvoMTz0D9ZFeozOqnvpFz6tFOg4wmWe+Vihr3o5cFfPsq148fYKx3BHLkXN6pMdczihjqLzYSTbvSkav4aNksI+PvnjKxAEeQpUA8GLu6qAtnnoGaosG55WzDFaaVcrMrhyJ4u3JDjD6d2b2Z1QzBkTxiGbbZtUTc0+fYCz195XmcsUxC7W9zMz7iLzHQc7wYifZvKuRKYy+P9JZ+/WUjQU8gCoB4MVEHaTNuxNPPQO1hzro6Dh7pbJ6N9sUNKj01sUbYLLP1GWlsnqWvyN2xNyLg4enFSbLO7ae9uqVcayf2kvm+VVPK89pYfXNg+rYe0682Ek27y7UBygOLfOvv0fPn3rqbe9wI1UCwIt5QgctPPUM1C3UUXubBlrS4KBBxBsceukxha0BpmyGyJZnJeMy+uxdiztj7qnXxJzhXTc97dUr46x+vUa9bKaxs2MrUdnRJqtIag9qd6OmN4qFzXsVMpo6T0dsHkv0EvvM5+EhVAkAL+asM8x2iiux310YnRlsUXYeaxDXAKeB6ogMjf6mOuwcnFX+WR1Gv18mTIO1PnvcFLOi7FlaMZcB1d9U/xX1sm2pMGpUj3jXTU979cqI6qe/6SZAcbLx03lVfHvqsAqdr6jdlY08qvuK+nmxEzbvk1HMPEXtAB5GlQAAAABwMd4jBZrRtXnhwVQJAAAAABeiWV7vERHN8Nr88GCqBAAAAACH0WdBI/RogKfRXzOCm6gSAAAAAE4o745ducO+9U7QFc8Yw4VUCQAAAAAn2OcgtRlp5i0Krd8en3mPLNxElQAAAABgiJ6DVLpMYPYtBjKjMqWRsj9pCQ+jSgAAAAAwtJasj7K/kX58JVRWq5ba4WKqBAAAAACDXQbfqZnldbiZKgEAAADgBM0ijv6qVVaYyg+nSgAAAAAI6PkZ1qy0TL7il4jgZqoEAAAAgAQygloinzGZeg7z035+EgKqBAAAAIBO9I7L8hvp2iFufyPd/lZ6dgc5fBhVAgAAAADACFUCAAAAAMAIVQIAAAAAwAhVAgAAAADACFUCAAAAAMAIVQIAAAAAwAhVAgAAAADACFUCAAAAAMAIVQIAAAAAwAhVAgAAAADACP8L8RJD7GALpmkAAAAASUVORK5CYII=</LogoW>
+          <Web>www.stiftung-helsenberg.ch</Web>
+          <Email>info@stiftung-helsenberg.ch</Email>
+          <Title>Stiftung Helsenberg</Title>
+          <Phone>+41 33 972 81 15</Phone>
+          <LogoZusatz>iVBORw0KGgoAAAANSUhEUgAAAO4AAACmCAYAAADd5bMjAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAuIgAALiIBquLdkgAAAftJREFUeF7tyDENwEAQBLHnT/pCYAFMJBdu/O4O+JmZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCZTd+wAxSEgIs7d2NgAAAABJRU5ErkJggg==</LogoZusatz>
+          <LogoZusatzBW>iVBORw0KGgoAAAANSUhEUgAAAO4AAACmCAYAAADd5bMjAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAuIgAALiIBquLdkgAAAftJREFUeF7tyDENwEAQBLHnT/pCYAFMJBdu/O4O+JmZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCZTd+wAxSEgIs7d2NgAAAABJRU5ErkJggg==</LogoZusatzBW>
+          <LogoZusatzW>iVBORw0KGgoAAAANSUhEUgAAAO4AAACmCAYAAADd5bMjAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAuIgAALiIBquLdkgAAAftJREFUeF7tyDENwEAQBLHnT/pCYAFMJBdu/O4O+JmZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCZTd+wAxSEgIs7d2NgAAAABJRU5ErkJggg==</LogoZusatzW>
+          <SignPlaceholder>iVBORw0KGgoAAAANSUhEUgAAAZ4AAACyCAYAAAByZan2AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAAAKLSURBVHhe7cghAcBAEASx92/6amDpFAWE5N0dAPxmJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYAVGYCQGUmAFRmAkBlJgBUZgJAZSYANO59Fr1m0R36cL4AAAAASUVORK5CYII=</SignPlaceholder>
+          <LogoZusatzNegativ>iVBORw0KGgoAAAANSUhEUgAAAO4AAACmCAYAAADd5bMjAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAuIgAALiIBquLdkgAAAftJREFUeF7tyDENwEAQBLHnT/pCYAFMJBdu/O4O+JmZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCbTNBNpmAm0zgbaZQNtMoG0m0DYTaJsJtM0E2mYCbTOBtplA20ygbSbQNhNomwm0zQTaZgJtM4G2mUDbTKBtJtA2E2ibCZTd+wAxSEgIs7d2NgAAAABJRU5ErkJggg==</LogoZusatzNegativ>
+          <Unit/>
+          <Postal>
+            <City>Meiringen</City>
+            <Zip>3860</Zip>
+            <Street>Willigen</Street>
+            <Country>Schweiz</Country>
+            <LZip>CH</LZip>
+          </Postal>
+        </Org>
+        <User>
+          <FirstName>Bruno</FirstName>
+          <LastName>Bissegger</LastName>
+          <Sign>iVBORw0KGgoAAAANSUhEUgAAAAEAAAABCAYAAAAfFcSJAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAAAadEVYdFNvZnR3YXJlAFBhaW50Lk5FVCB2My41LjEwMPRyoQAAAA1JREFUGFdj+P//PwMACPwC/ohfBuAAAAAASUVORK5CYII=</Sign>
+          <Salutation/>
+          <Mobile/>
+          <Alias>bib</Alias>
+          <ProfileImage>/9j/4AAQSkZJRgABAQEAYABgAAD/2wBDACMYGh4aFiMeHB4nJSMpNFc4NDAwNGpMUD9Xfm+EgnxveneLnMipi5S9lnd6ru2wvc7V4OLgh6f1//PZ/8jb4Nf/2wBDASUnJzQuNGY4OGbXj3qP19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19fX19f/wAARCAWQCGADASIAAhEBAxEB/8QAHwAAAQUBAQEBAQEAAAAAAAAAAAECAwQFBgcICQoL/8QAtRAAAgEDAwIEAwUFBAQAAAF9AQIDAAQRBRIhMUEGE1FhByJxFDKBkaEII0KxwRVS0fAkM2JyggkKFhcYGRolJicoKSo0NTY3ODk6Q0RFRkdISUpTVFVWV1hZWmNkZWZnaGlqc3R1dnd4eXqDhIWGh4iJipKTlJWWl5iZmqKjpKWmp6ipqrKztLW2t7i5usLDxMXGx8jJytLT1NXW19jZ2uHi4+Tl5ufo6erx8vP09fb3+Pn6/8QAHwEAAwEBAQEBAQEBAQAAAAAAAAECAwQFBgcICQoL/8QAtREAAgECBAQDBAcFBAQAAQJ3AAECAxEEBSExBhJBUQdhcRMiMoEIFEKRobHBCSMzUvAVYnLRChYkNOEl8RcYGRomJygpKjU2Nzg5OkNERUZHSElKU1RVVldYWVpjZGVmZ2hpanN0dXZ3eHl6goOEhYaHiImKkpOUlZaXmJmaoqOkpaanqKmqsrO0tba3uLm6wsPExcbHyMnK0tPU1dbX2Nna4uPk5ebn6Onq8vP09fb3+Pn6/9oADAMBAAIRAxEAPwCOim7qXNMQtIaWjFADQKcBRS0AKKKKaTQAuaQGkpwFIY4U6gUtMQlNJpxqNjQAhambqGplICUGnbqiFPFMB+aBSUooAdSZopMUALmgUYpcUDDNFFFAhKTFOpDQMQ0lBopAFOAoFOpiEApcUtFACUUUUAFFFLQAlLRS0AFFFFACUlLSUAJRilpaAAUtFFAC0lFFABS0UZoASiiloASiiigAzSZopKAHZoptLQA+im5paAFopKWgApM0pptABmiiigYUtFFAhaKSigBaKSigApaSloAKM0UUAFJS0UANpKdSUAJmjNFFAC5pc0lBNAC5pDSUtABRRS0AJSiiloAKSlptACUUtJQAmaUGkpRQA7NLTaWgBaSiigAzRmiigAzSZpaSgAzRmkooAXNGaSigBc0tJS0ALRRSUAGaaTS0mKAEzS0mKKBjhS00UtAhaKKKAClpKWgBc0UlFAC5pM0U2gBc0ZpKM0ALmjNNooAdmikooAdmjNNpaAFzRmkooAXNGaSigAzRmiigBaKKKACiiigBaSiigApDS0lADaM0tJSGLSikpaYh2aM0lFAC5oJpM0UAGaKKKAEpKWkoASilpKAFpaSigB1FJRQAtNpaKAEopaKACjNFFAC0lLRQAlLRRQAlFFFABRRRQAUZpKSgBc0ZpKKAHUUlGaACjNGaQmgBc0ZptJQA/NJmm0tAC0UYooAbRSmkpALS0zNOBoGOooopiCiiigAooooAKTNLSUALmlzTaWgBaSiigAzRmkpKAHZozTaM0ALSE0maKAENNp1NNABSg02jNAx+6jNNpRQAtFFFABilopaBCUUtJQAtFFLQAlIadSYoAZSinYoxQAUUtIaAEozRSUAOpKM0ZoAQ02nUlAAKXNJS0AGaXNNooAXNGaSigYuaM0lFABTTTqQigQ2kp2KTFACUUuKKBjcUlPxSbaBDaXNLim0hjs0tMpaYDt1GaZRmgQ/NFNpaBjaeKQU4UAKKWgUUCEooooAM03rQaUUAAFPFNpaAH0hNNzRmgBc0w06kNAEZpMU8ikxSGNpwNLilC0xCinCgCnYoASilooAKKTNFAC0UlFABSUppKAExSgUtFABS0maTNADs0U3NLQAtFFLQAClpKWgApaSigBaSiloASkxTqKAG0tFJQAUZpKSgB2aKbmjNADs0U3NLmgBaKbmloAdRSUtABSUtJQAlFFFAC0tNpaAHUUlFAC5pKKKAClopaACkpaKAEooooAKKKKAClpKWgApaSkzQAtFJmloASilpKAEoopKAFzSUUtACUtJS0AFLSUtAC0UlJQAtFJRmgApKKKAEopaWgBKUUUUAGaTNFJQA6lplOFAC0UUtACUlLRQA2inUlABS0UtABRRRQAlJS0lACUUuKMUAJS0YooAKM0lFAC5pabRmgB9JSZozQAtJRSUAFFFLQAlFLRQA2lFFLQAUtJRQAtLSUUALSUUlABRRSigApaKKAFpKWigBKKKKACiiigBMUYpaKAEpaSjNAC0lGaTNAC0UmaM0AOopuadmgApKWigBKSnUlACUUtJQAUUUlAC5paSigB1FJRQAtFJRmgBaKKSgBaTNJSZoAXNGabRQAuaM0lFAC0lFLQAlFFFAC0tJRmgBcUlFFACUUtGKAEpaMUuKACiiigBpppp5FNNAxlOBpppKQEuaM0wU6mIWigUtAwpaSloEJRRSUAFGaSigY7NFNpaBC0UlLQAU2nUUANopcUYpDEpMU6lxTER7aTFS4pMUgI8Uop2KMUxhilAoFLQISkp9JQA2loooAKWkpaAFopKWgBKKWkoASiikzQAUlLRigBKKWmmkMWim0tMApaKKBBRS0lABijFLS0AMop1NoAKWm0tABSUUUAJS4pKWgAoopaAEIpuKfTTQA002lNNoAKTNFFIYuaeKjp60CFAp9JilpgLS0lLQA000mnE1GetAC5pRSCnCgBc0hNBoxQAlOFGKXFABRRikoAKMUUtACUtFFAC0uabTqADNITSmmkUgDNLSYopjFoopKBC0tJSigAooooAQ02nUYoASnCjFLQAuKWkooAKWiigAopKKAFopKM0ALmikooAWm0UtADaKdRQA3FGKdS4oAjoxT8UlADKcKKSgB+aXNMpaAFpKKKACkpaKACloooAWiiloASlpKKAHUUlFAC0UUUAFFFFACUlLRQAUUUUAFJRmigAozRRQAUUUUAJRRRSGFJS0lMQUtFLQMKKKKBC0lFFABikp1FACUYpaKAEopaSgBaSiigApKKKAClFJRQAtLSUUALRRRQAUUlFAC0UlFAC0UlFABRRS0AFFJSUAOpKSigApKWigBKKWigBKWijFIYUUuKMUxBRRS0AFFLRQA2inYooAbilxS0lABSUUUAFFFJQAtLTaWgB1FFJQAUuabRQA6ikooAWikpaAEoopKACiiigApKKSgAopKKBi04U2loAdmlptLQIWkoooASilooASilooAbS0tJQAtFJRmgBaKTNFAC0lFJQAE03NKaaaADNLmm0ooAdS4pKdQAmKXFLRQAlFOxSYoAbSU+koAbS0UUAGKWlooAKWiigBDRRSUAITTTSmkoAQ0mKdijFACAU6ilxQAUtGKWgBKSnU2gBKSloxQMSiiigQUUUUhhS0UUwFpaSigQUUtFACUtFFABRRS0AJikxTqKAG0tFJQAtFFFABSUtJQAlJS0lABmlzTaM0AOzRmm0maAHZpM03NGaAHUtNpwNAC0mKXNJmgBpFAp1JQAUuKKWgBKSnUlACZozSGm5oAdmkNFFACUUuKWgYlFLRQISloooASiikoAM0GkpKAFpMUUlAwxRiikoEGKBRRQMmxRS0ooEJQaWkNAEZpKdilxSAaBTsUuKWmAmKSnUlABS0UUAFJRS0ANoNOpKAG0ZpaMUDFFPpAKWgQlLilpKAEoxS0UANxRTsUlABRRS0AFGKWigBMUuKWg0ANopTTaAFopKKAFopKWgAopcUuKAG0U7FGKAG0tLijFACUtFFABRRRQAUUUUAIaSlooATFGKWigBKKXFGKQBSUtLTAbilp2KMUANpRTsUUAJSU6jFADaKWigBKKMUlAC5opKWgBaKSigBaKSloAWkpaKAG4pcUtFACYpaKSgAoxRS0ANxRinUYoAbRS4pKACkzS0lABS0UUAFLRRQAUUUUAFFLRQA2ilxRQAlFLRQA2ilxRQAlLilxRQAlFLSUAFJS0lABRRSUALS0YooAKKKWgBKKWkoAKSlpKACkoooGFFFGKBC0UoFLigBoFOxS4ooATFLiiigAopaKAEoNLRQAlJS0UAJRRRQAUlLSUAJRS0lAC0tJS0AFJS0lABmkzQaSgBc0uabS0ALS02igBaKSlzQAUlFFABSUUUAFFFLQAUUUUALRSUuaACloooAKKKKACiikNABmkopKAFooooAKWkooAWiiigBppKcabQAlLRThQAUopaWgBMUtFFAC0UgpaAEpMU6koAbiinUlACUZpaTFABmjNFFABRRS4oAbSYp2KMUDEpcUYpcUCExS0tFACUUUmaAFpKWigBMUmKdRQA3FJin4oxQA3FGKcBRQA3FFOxRigBtLRS0AJRS0lABSZopKAHUUmaM0AOpKKKACkpaSgApaSigBc0lJSZoAU000tJQMTNFFGKACm0/FNNIQ2ilNNoGOzTgajpaYiTNFRg04UAOoopaACiiigBc0lJmjNACGm4p9NoASlopaACinYoxQA2ilxRQAUUUtACEUmKdSUAMNNxUmKTFADMUYp2KKBjaSnUhoASikNFAFiiikoELSUUtACYpKdSUAFLSUUAGabmiigBc0UlGaAFoozS0AFIadRQA2lAopaACjNFNoAdmlpop1AC0UlFABS0lOoASilpKAFooooAKDRRQA00lLRigBKKXFLQAYpRRS0AFLRRQAUUUUAFJS0UAJSUUlABmjNJilxQAUtGKWgBKKKKACilpKACilooAKMUtFABRRRQAUUUUAFFFFABSUUtACYpMU6koASkzS0mKACilxRigAooooAWlpuaM0AOpKTNFAC0tNzRmgB1FJmlFAC0UlLQAlJS0lACUUUUAFFFLQAUUtFADaWiigApaSigBaSiigAopaKAEoopKACiikoAWiiigApKdSYoASilxRigApaXFFACYopaSgAopKKACiiigAxSYp1JQAYooooAUU6m0tAC0UUUAJS0UmaAFopKXNACUUUUAFJmlNNoAWikooAWiiigAoozSZoAKMUUUAFFFFACYoxTqMUANxRS0UAJSUpppNAC0maTNFAC5pabS5oGOopKM0CFxS0maWgAooooASiiigAzS5pMUUALmlpKKAFpKKKAEooooAKWkpaACiikoAWkopKAFpKKKACnAUlLQA4UUgpaAFooooASiijNABRSUlADqKbmlzQAUUUlABS0UtABilxRS0AJikxS0UAJRRRQAUUlFACUUUlAC5pabThQAtFFFACUUUlAC5pabRQA6kpM0ZoAWikpKAFopM0lAC0lFFACUtJS0AFLmkooGLRRS0CG0lOpKAEzSE0Gm0ALmnYplPBoAMUYpaWgBtGKdSUAMK0zbUtJigCPFGKfikxSGNxThS4oxTEKKdTaWgBaSkzRQAUUUUDCiiigQlLSUUALmjNNozQA/NITSUUAANOptKDQAtFFFABRRRQA2kp1NNADaKWkoAQ02n0lAEtFBpKAFozSUUALmiiloASilooAaaSnGmkUAJSU7FGKBjRThSgUuKBBS0UUAFJS0UAJRRiloABS0UtABRS0UAJS0UUAFFFLQAmKWiigApKKKAEopaKACloooAKKKKACikooAWikooAdSUUUAJRS000ALRSUtAC0lFLQA2lpaKAEoopKAFpabS0ALS02loAWikpKAFzRSUUALRSUZoAdRSZooAWm0UUAFFJS0ALRSUUAFFLSUAJRS0lABS0lLQAlLiiloAKWkooAWikpaAEopaKAG0UtLQAlFLSUALRRiigApKWkoAKKKKAFpKKKACjNFJigAooooASiiigYUoopRQIKWiigAxRS0UAFFGaTNAC000uaSgBKSlpKAFpabS0ALSUtFACUUtJQAUtJS0ALRSZpaACkpaQ0AGaTNJSUAOzRmkooAXNJmiigApaSigBaKSigApaSigBaKKKAEpaKKAClooxQAlGaXFJigBpptPxSYpDG0tLiimITFGKdiloAbRS0lABTqbS0AOpKKKACilpKACiiloASiikoAKKSigBaWm04UAFLRRQAlFLSUAJSU402gAooooAKWkpaAFopKKAHZpc02igB1JRS0AJSU6m0AJRS0lAC0UlLmgBaUUzNKDQA+ikzRmgAopKKAFopKKACiiigBKSlooAKWkpaACikooAKKSigApabRQMdRSUtAhKSnUmKAEpKdikxSGFFLiimISloooAWikpaAClpKWgBKaadSYoAYaMU/FJigBlOFGKKQx1LSUtMQU006koAbRS0UANoxTqKAEopaKAEpKU0lABRRS4oGJSgUYooELSEUtFADcUlONNoASkp1JQMKWkxRQAUCiigB9BpKKBCZozSGkoAdmkpM04UANNJT6TFACUmKU0UAPNFLSUAFFFJQAtFJmjNADqWmiloADSUtFACYoxTqKAEooooAWilooASilpKAEpcUUUAKKWkzS5oAKWkzRmgBaSkzRQAuaKbS5oAdRTc0ZoAWikpaACloooAKKKKACikooAKKKKAEozSUlADs0tNp1ABRilooATFLSUUALRRRQAUlLSUAJRS0lABS0lJQA6igUtACUUtJQAUUUUAFFFFABRRS0AJRRSUAFJS0UAFOpBS0AFLRRQAlJS0UAGKMUtFACUlLSUAFFFGaAFpaSigBaSiigBaWkooAKKKKACikooAWkopKACjNFJQAtLSUtABRRRQAUlLS0ANxRinUlACUUUUALmikooAdRmm5paACkzS000ALmjNNooAdRSUtABRRRQAopaSloASkp1FADaKWigBKWiigApKdRigBtJT8UmKAG0U7FG2gBtFOxSYoAbRTsUuKAG0U7FGKAG0U7FJQAUUlGaAFpaaKWgB1FJRQAUlFJQAtFJSigAoxS0UAJRRRQAlFLRQA2lpaKACikooAWikooAWlpKKAFpKM0UAJSUtLikMTFOFGKWmISloooAKSlpKACkpaSgBMUYpaKAExRS0YoASilxRigBKWikoAdRmm0uaAFopM0ZoAKQ0tFADaKWkoAKM0lFIY7NGabS0xDs0ZpKKAHUUgooAWiikoAWkoooAKKKKACkpaMUAJRinYooATFGKWigBMUtLRQAlFLRQAmKTFOpKAEopaKAEpKWigBKWkooAWikooAWikzRQAtFFLQAmKTFOooAbS0UUAJRTqTFADaKdikxQAUUUUAJRRRQAhpKWkoAdS0gpaAExRTqSgBKWkooAMUmKWkoATFLiiloATFGKdRQAzFFOpKAEopaKAGGmmnGm4oABTxTQKcKAHUUUtADDTaeabigB9FBpKACkNLmkoAaaKXFFIBwpabS5pgLRSZpaAFoopCaACiiigB1FFFABSUmaSgBaKTNFAC0bqbmkoAfuo3UyigY/NGabSUCH5optGaAHZozTaUUAOpwplOoAWloooAKSijFABS4opaAEpKdSUANpDSmkoABThSYpaAFopKWgAxRS0UAJRS0lACUtLRQA2kp1JQAlLikpaAFooooAKSlooASlxRRQAUUUUAFFFJQAUlLRQAlLSUtACilpKWgApKWigBKWiigAooooASkp1JQA2loxS0AJS0maM0ALRSZpc0ALSZpM0lAC5ozSUUALRRRQAUlLijFABRRRQAUZopKAHZopKKAFpabmlzQAtFJRQAUUlFABSUtJQAUtJS0AFFLRQA3FJT6SgBKKKKACikooAdmjNIKWgBc0UUtACUUUUAFFFLQAClopaAEopaKAEopaKAG0UtJQAUUUUALRiilpgJSEU6kpAMpKfikxQA2inUlABmkzRTaAFzRmkpaBi04U0U6gQtJS0UANpKcaSgAopKWgBaKSloASkxTqSgBKKWkoAKKaaM0AOopM0ZoAdS00U6gBaKSigAzRmkpKAFzRSUUALRRRQAUUUtABRS0UAJRS0UANopaKAG0UGkpALRRRQMWiiimIKSlpKAExSU6kxQAUtJilxQAopaSloAKKKKACloooASilxRQA2lpcUUAJRS0UAJRQaSgBaKSloAWiiigBaKSloASiiigBKSnGm0AFFFFACUlLTTQAuaM02loAKWkooAdmlzUeaXNAElJTc0uaAFopM0tAC0lFLQAUlLRQAlFLRQAlJTqSgBlFKaSgApQabRQA/NJmm5pM0AOpRTKdmgB1JRmloATFLiiigAopaSgBKKKSgApKWkoASkpaQ0AJThSUtAxwNFNpc0CFxSEU6koADRSZozQAUlLS0ANxS4paDQA2kpaMUAAp1JS0ALSYoozQAUCiigBaQmjNNoAM0ZoNJQAtFFLQAYpMU7FLigBmKXFOxSUAJRRRikMTFGKdijFACUtGKWmIKdSUooAKKWigAopKWgBaWkzSZpgBpCaCaSkAlKKKKBi0lFLQIKKKSgBaWkpc0AFLSUUAFFFFABTSaM0UAJS0lLQAtLSUUALRSUtAC0lFIaACikpM0ALS03NLmgBaKKWgAopaKACiikoAWikooAWiiigAozRSUAGaKKQ0AFFFJQAlFLRQAZozSUtABSUtLSGJS0UtMQlLS4paAExRilooASkpaSgBKKKKACkpaMUAFFFFABS0lLQAlFLRQAlJSmkoAKKKKAFpabS5oAKSlzSUAFFFFABSU7FGKAEpaKWgApaTFLQAlFFFABS0lFAC0tNpaAHUU2jNADqKbmkzQA6kpuaKAFzS5ptLQA6lptGaAFpKKKACikooAKSlpKAEpKWigAoApcUuKADFLRSmgBKDSZooAKSiigAoopaAEooooAKKWigBKSnUhoAaabSmkoAKUUgFOxSGKKWkpaYgooooASilxSYoASilpaQxBS0YpaYgpaKKACiiigAooooAKKTNFABSYp1FADMUtLRigBKWiigAoopaAEpMU6igBuKKdSUAJRS0lAC0UlGaAHUtNzS5oAWiiimAUlFFIApKKKACkoopAJRRS0wCloooAWikozQAtFFFABSUtFACUlLRQAhptOptACYopaMUhiUUYpcUxDcUtLijFIYlLRiigApaSlpiFopM0UAOopKWgBaSlpKACkoooAKTFLRQAykp9JigBhpKdTTQAUopKUUDHClpAaM0CHUU3NLQAUUUlABSUUUAFLSUtABSYpaKAG0lPpMUANpaMUlADs0uaZmjNABS0lKKAAU4UlKKAFpKKKADFJinUUAJiilpKACkpc0UAFJS0YpAJRilxS4pgNxSU7FIRQAlKKSloGOFLTaWgQtFJS0AGKMUtFACYop1JigBKKXFFACCloooAKWm0tAC0ZpKKACkoooGFFFFAgoooFAC0UUUAFFLSGgApKKXFABS0YooAKSnUmKAG4op2KMUAJijFOoxQA3FLS0lABRRSUALRSUUAIaSlooAbRS0UgFFOFNFOFMBaWkozQAhpKKKAClpKKAHUUUUAFFFFABSUtNoAKKKKAEopcUuKAEopcUUAJRS0UAJThSUUAOopKKACiiigBKSlpKAEpaKWgApaSigBDRRRQAUUUtABRS0lACUUtFACUlOxRigBtJT8UYoAbS0uKMUgDFLiinUwG4pcUtFADcUlONIaAEpc0lJQA6koooASkpTSYoAWlzSUUALmikooAKKTNFIYUUUtMApaSloELRRRQAUlLRQAlFLSUAJRS0UhiUtFFMQtFJ3paACjvRRQAhGDRTm6Cm0AFFFFAC0UUUAJijFLRQAlLRRQAlIadTaAG0lONJigBKdRilxQMKXFFLQISilooASilooASilooASloooAKM0lJQAtLTaWgApKWkoAKKKKAFopKKAFooooAKKKKAClpKSgB1JSUtABRRRQAlFLSUAJRRRQAZpc0lFADqWm5ozQA6kpM0tABRRRQAUYpaKAExRS02gBaKSigBaSikoAXNLTaM0AOpabmlzQAUUUUAFJS0UANopaKAEooooAWjFFLQAmKTFLRQAlJS0hoATNGaKSgB2acDTBThQA6ikFOoASkpaKAEooooAKSnUUAMxSYp9IaAI8UU4ikoAKKBS0AFFFFABRRS0AJSUtJQAUtFFABRRSUALRTaXNAC00inUhoAjNFOpKQC0UUlMBRS5pKKAFzSg0ylzQA/NLTRS0ALSGgmm0AFLmkooAdS0gp1ABS0UlACUhpaKAG0U7FJigApaSjNAC0tNpwoAWlpKWgApaSigAooooAKSiigAopKKAFooooASilooAKKXFFADaKWigAoopaACmmlpKAClFFLQAtLSUtABRRRQAlFFFABRRRQAlFLRQAlFFJQAtJS0lABSUGkoAWiiloASloooAXNJRRQAUUUUAFFFLQAUtJRQA6koooAKSlpKACjFLRQAUUUUAFFFFACGkzQaTFABmlpKUUgFpaSimAtJRS0ANoxTqSgBKKKKAFopKKACiiigApaMUUAGaKSigBaWm0tAC0UUUAFFFFAC0UUtACUtFFABRRRQIQ02lNJQMKKWjFABRRSGgBKTNKabQAtFJRQA6koooASloopALS4pBSqc0wEAp1GKOlACGilpM0ALRTd3tSZoAfmjcKbkHoaD9PxoAdkUmR61GQT7ik4B60ATUjDHNRE/3TT0k3Da2AaAHUtNyBQfagBwpKM8UUAL/AA02ndqQ8UAITjiikwTTjxigAFLSUtABRRSUALRSZozQAUUZooASiiigBaKKWgAooooAKKKSgBaKSigBaKM0UAFFFJQAGkopKAFpM0UlAC5ozSUUALRS0uKAEopcUUAJS0UUAFFFFABRSUUAFFFFABmjNFFAC0UlLQAlFFFABSUtFACUUtJQAUZoooAWiiloAKWkooAKQ0UUAJS02loAWkpaKAEpKWigApRSUtAC0tJRQAUUZpKAFopKWgBKKWigBKKWkoASilpKAEpKWloAbQRS0UANpwNJiigB2admo80oNAD6SjNJQAuaKSigBaWm0tABRRRQAmKTFOpKAEopaWgBuKKWigBKSlooAbRS0hoAWlpop1ABSGlpKAG0ClpKAFooooAbRilxSigCM0lOoxQAlLS4pcUANopaKAAUuaSigAzRS4pcUAJRTsUYoABS0lFAC5ozSUUAFLSUtABRRRQAlFLSUAAp1JS0ALS0lFABRRSUALmjNNpKAHZozTaKAHUUlLQAtFApaAEpaKKAFpKM0ZoASiiigApaSloASilooAKWkpaAFopKSgBc0UlFAC0UUUAFFFFABRRRQAUYopaAEpKWjFADaKWkNABRSUUALRRRQAUUUUAFLSUtABSUtFACUtFFAC0UlLQAUYoooAKWikoAKKKKACiiigBKSloxQAlFGKWgApKdSUAFFFLQAlFLRQAlFJmjNAC0YpKM0ALRSZooAWikozQAUUUUAFLSUtABRRRQAtFJRQA6ikpaACjNJRQAZpM0UUAGaKSigB1LTaWgBaQ0ZooAaaSnUmKAG0tLRQAlLRRmgBCcVGXGcEGlkcAZFRFwpyT9KAJAynoSDTl3deuKgyAdxPPak84spyaALJmRep5pPPJ6LxVMPz8q/jTTIx/ioGXPOJbGKQs5bAFVQ54+apDMwbPQUAS7pM8ipC+FBP61XE2TQr/Nh+aBEvmLmpEcVWK5Py/lQWwQKALR+vFNPSod5xx1pRLkUAPGOh6U7hR71CGyDTt4kjz3FADxg8UAkH6U0Hcoz1peC3HpQMkB74p3bNQI+07W6GpD8r/h0oEP603qaXPYU4cdKADHFIcUd6OM0ALmkzS02gBc0lJRmgBaKSloAKKKKACiijNAC0UlFADqSkooAWkozRQAUUUUDFooooEFFFFACUUUmaAA0lFFACUopKUUAOFLSCloAKWiigAooooAKKKSgApKWigBKKWigAooooAKKKKAEooooAKKKKACiiigApKKKAFzRTaWgBc0maKSgBaSikoAWlpKWgBaKQUtAAaSlooASlpKKAFopKKAFpKKKAFpaSloAKKKKACiiloAaaTFPpMUANop2KSgBKKWkoAKaadSUANopcUlIYuaWminUxBRS0UAFFFFAC0UmaKACiiloASlpKKACiikoAWkopaAEpKWjFADaWjFLQAlLSUUAFJTqSgBKKKBQAYopaTvQAygUuKMUAFLRiigBKKWlxQAYoxS4paAEooooAKSloxQAUUuKXFACUUuKMUAJRRRQAtFJS0AJRinUUAJiilooABRRSUAFJS0UAJSU6kxQAUuKMUtABS0UtACUUtIaAEJpM0hooAXNFJS0AFFFLQAUtJS0ALRRRQAUUmaQmgAzSZpKKAFzS5pKUCkAtFFFMBaKSigBaM0lFAC0ZpM0UALRSUtABSUtFADaKWkoAKKKKACiikzQAtFJS0ALRSUtACUtLRQAUUUUAFFFJmgAoopKAFpaSloAKKKKACikpM0AOpKTNGaAFzRSUUALS0lLQAUhpaKAG0lOpKACiiigAopaSgAooooAKKKKAClpKKAFpKKWgBKKWigApc02igBc0ZpKKAFpM0UYoAKKMUUAGaM0UhoAXNLmm0UAOopKXIoAMUmKXdUbSBe9ADjimsePlFM80H/ABprS5XOcCgCORsHLH8KaPm5qNuG+bpSmQbSaAHMwBPrURfBqPcaReDnGaQyTJ96TBpm4lvepA1ACquT0p3Hc5pC22PjvTOTQA8Ome4qQjjcjZPcVWKnuKcrFcetAE6HIz0xQ2c8kfhTtwdfm6j0qN5Pl28AUAODHJw3Sm76YHw1Nc9xQBLvIOacj7W4PXtUGePrQhw2aALiyfKaI2z1qEH5iKVGIJFAEz9c/jUkb+YgzUBOOp4pqSFcr6GgC0r9vSpN3vVUyng+vWpVlJHamIlxx15pQOKZ5nc0ofPtQA+kzTcc8mjHNADjg9KbilyaWgBMUUtFACUUtFACU2nUlABS02igB1FJmkzQAtFFLQAoFLSUtABiiiloASiikNACGmmnUlACUlLSYoAKWjFLQAtLSUUAOpKKKAFpM0lFAC5opKKAFopKWgApaSloAKKSigBaSiigAooooAKKKKACkoooASkpaSgAooxRikMKKMUUxCUUtFAwooooEFLmm0UAOopKKAFzRmkpKAHZoptOoGFLRiloEFLRRQAlFLSUAJRRRQAtLTaWgApKWigBKSlpKACikNJQA6kxRmjNABiloooAKWiigBKSlppoAKUUlFAx1FJRQIKKKKACiiigAoopKAFopKKAFpKKSgBaTNLTTQA4UtMzRmgBTSUmaKAHUoptOFACYopaKACkxS0UAIBThRS0AFJS0hoAKSiigApaSloAWlptLQAtFFFABSYpaKAExS0UUAFFFFABiilooASloooASilooATFLilooATFFLRQAUUmaKADNJSUUAFFFLQAmKXFFLQAlLSUtABS0UlAC0hopKADNJQaKACkopaQCU7NJiimAuaKSigBc0UlLQAtJRSUALRSUtAC0tNpaAFooooASkpaKAEoopKACiiloASloooAWkoooAWlpKKACiiloASkp1JQAlLRSUAOopKWgApM0UlABSUUlABRRRSGLS0gpaYhaWkzRmgBaKM0UAJRS0UAJiilpaAEooooAKSlpKAEooooAKWkozQAtLSUtACUUtJQAUlLRigBKKMUYpAFLRilpgJRS0lACUlIR6GkDdjwaAHUUEgCo/MB+lAEhOBmoXm9/wABTZZBt9Kr78c0hkjykjhsVEC7cZpTKC+GHHSnrgA4pgMJ3DHalkXbsHqKkT7wJFRySdfSgRG33STUZp784HtTM84oGJig5xTsUKMnFIBv3frTqQgls4qSNcNjvQAEHaBShOMnihjtc0pcHg/pTAMdt1IyH8aTK544p24Hr2oAaMhTzTfvCnnHJqLPNIAI2tSOaVjk8008nFADv4RQvU0g5bFOXuaAHqfm/CpE6ZqEfeOKkziLryTQAsjHaKYGzIacWwOKYBuY4GKAJTkLmnRkkVExwcVIhIHy5NAFo4G04pwYGo1clOeMU5ZPTFMRKKOKaC1PyaAFoFIGx16U5SDzQAlFLSUAJRRRQAlJS0lACUUtFACUlOpKAClFJTqAFFOpop1ACUUtJQAUlFFABSUtFACUUtJQAUUUtABSU6igBKSlooASiiigAopKWgApaKKACiikoAWiiigApKWkoAKKKKAFopKKACiiigBKXFFLQAlFLRQAlFLRQA2ilooAbSU+m4oAbRSkUYpDCiijFMBaKKKAFpaBS0CClopKAFopuaXNAC0lFFABSUtFACUmaU02gB2aM02lFAC0UlFACGm06m0AFLSUtIBaWkopgOpKKTNAC02looAbRS0YoAKWkoFAC0UUlAC0lLRQAlFLSUAFJmg02gBc0tNpRQAtNNOpCKAGE0ZoIptAx+aKbmlzQIeKWmg0uaAH0UUlABRRRQAUuabS0ALSGiigBKKKKADNLmm0tAC5pc02lFADqWm0uaAFpKM0UAKKWkpaAEooooAKWkooAWikpc0AFGaSigBaWkpM0ALRSUUAFJS0YoASloooAKKKKAEpaSigApc0lFAC5ooooAKSlooAbRS0uKQDaKU0lMBc0lFFAC0UUtACUUtJQAUlFFAC0tNFOFAC0tFFABSUUUALSUUUAJRS0UAJilxRRQAYoozSZoAWkozRQAUtFFABS0lFABRRSGgAooooAWikpaACg0UlABSU6igBtGKdRQA2jNLTTQAtApuaWgB1LSZozQA+ikzS5oAKKTNGaACiiigBKKWigBppKWkoASlpKKAHUZpKWgApaSloAWikzS0AFFFLQAlFLSd6AEJpM0pIqMketADs+tRuUU5NIzqoJ64qq7+YaAJncOeH/CoydpOetMUYFErAKPWgYjPg/NzSYDAZGKQ/MufQ1InIyRmkAnlMeQAakVHHVRTcM3rTwVH3jzTEKQ+Pu5PtURRsf6sipPMXPekMpA4oGQlG/u/pS/Zy/P3TT/NOOuaRZST81ADTGE65NIMdQtSBgT1H0NBz/d/KgCJifYCgH5SQKVgp7YpACOmKQDVJ70hpStLx3oAiJpR93rT/ACiwz0+tN2gD7woABnPWmtmjvikPWgAzT0HBekRM8ngUrHPA6dqAFiGSTS5wp96coIXHc018dB0oAWEZkFK/L7ewpYhgFqZuweOSe9ADwwTlh+FOFxjnaKiwSfWk2k0AWPNR/vJz6ilEfG5G3D+73qNV2JnIzTk9d1MBw689KVeKkBWRcEgP607Yce/SgQKxxxzUytkZ71UjJRyPSrOA65HBoAcfvelCnIIHXvUXmZbB4IpUyJOTQBOKKj30u7PPpQA40lGaKACiiloASkpaMUANopcUUAAp1NpaAFpaSigBaSiigAooooAWiiigApKWigAooooAWkpaSgBKSnU2gBKKXFFABS0lFAC0lFFABRRRQAtFFLQAlFFFABSYp1GKAG0tLRQA2ilooASlopKAFpabS0ALRSUtACUUtFADaKXFFADcUmKfRigBuKKdSUAJS0UUAFLRSUALSUU2gBc0maKSgB2aXNR0oNAElLTAaXNAC0lGaTNACUUUUALRRS0ANpCKdRQA3FLS0tADcUtLSGgApKKKACjNJRQAtJTqQ0AJRRRQAtFApaAEooooAKKKKAGmm0+kNADaUUlFAD6DSCloAYRSYp9JQBGRQKcRSYoAUUtNpwoAfRRSGgBCaBSUtAC0tIKdQAlFOoxQA2jFPxRigBuKTFPooAZilp1FACUUtBoAbS0UUALS0lLQAlFLRQAlFFFABRRRQAUtJRQAGkpaKAEpaKKAFopKKAFopKWgApKKKAEopcUUAJRS0UAFLSUtABRS0UAJSU6jFADKSn4ppFACUtGKKQBS0UtMApKWloAZijFOooATFLRSUALRRSGgAzSUUUAJS0UtABS0lLQAUmaKQ0AGaSiikAtLTadTAWikpaACiikoADRRRQAUlLS4oATFLS4ooAKMUUUAJRRSUALRSUUAIabT6TFADaKXFGKQCUtGKKYC5pc02kzQA/NLTM0uaAHUZptFADqWm0tABSGlpDQA2ilxRQAUUYpcUAJS0UUALS0lFAC5opKiadQDgZoAnzUUkgHHeoGndvujFRs+Tz1FAEhlAOMk01iccnrUTNnjpSqcYBOR1oAZIflGDTVY4yadtyfl5qNvrmgY8GmAFz/Wnou5PYdajeTjC8LSAlQoh4+Yn1pwfr/dqup71ICaYEzucYHFMUZamu2G9qRW+bNAC7sZ4oU0kvy8DpTewzSAlOM/WlVc8Zpq8rmnKQx5/OmAMo9aRdynjmn7fQg+xpD16YpANJGeV5pOCaePZh9KNp6hf1oAjwuehpc46AU8Mw6oKTJPOygCJgW5zTDG/pU+/HHSmHJPWgCMo1KqActzUgjHVmxSHbnjmgBpy59qcqAdaXoMmoi5J70ASnL8Dinrb+uKYnyjLcCl87PrQA9wp43YHsKiIVen51IHYj+dMZg3YCgBmC5wCKUJ7inAY6GkIbHIoAdsLLgdqdtI4pkYO7NPZCzEjigACup4FXIW8xcfxVTCkDrk+1Swk7weQRTAfKBvY46Uy3kwwJ6U+5B87cOhHNQgMg+7wTQIsvGGO3uOQajBw+G6igvghs9KbKwLH9KQxyyfMWNSRnk8+9Qr8w29/WpduG684oET0VGpBFP+lMBaWgUUAFJS0hoASilooASkpaKAEzS5pKKAHUUlLQAUUUlADqSkooAWlptLQAtLSUtABSUUUAFJS0UAJSUtJQAUUUUAFFFLigAFLQKKACilpKACiikoAWikooAdRSUtABSUtJQAUlLSUAFFFJQAtFGaKAFoopKAFopKSgB1FIKWgBKKKKAEpaKSgBaSlpMUAJSU6igBlFOpDQA2kp2KTFIBRS0lLTGLSUUUAFFFFAC0UUtAgooooAKKKKACiiigApMUtFADcUUtFACUUtFACUUhpKAHUtNzRmgAoopM0AOopuaM0ALSGkzRmgAopaaaAFzRmkooAWiiigBaTFLS0ANxSgUuKKAEop1JigBtLS0UAFFFFAC0tIKWgBaWkpaACkoooAKWkpM0ALSGjNNNAC0ZpKM0APBozTKWgB2aWm0ZoAWijNFABijFKKWgBKWikoAKSlpaAG0UtJQAUZpDRQAtFFFABS0UUAFJRRQAUUUUAFLSUUAOopKWgAooooAKSlooATFFLRQAlFFFABS0lLQAUUUtADaKWjFADaKWigBKKXFGKAG0tOxSUAFFFFACUUtFACYpMU6koATFLS0lAC0UlJQA6kpKWgAoxRRQAuKWkpaACiiigAooozQAUlFJQAUUUtACUtFFACUU7FGKAG0lOpKAGmkpaSgBKWikpDFzS5pKKYh2aM00UtAx2aKSloEFLiiloASilooATvRS96XFADaKXpTGbjOcCgBsjcYphZcewpw2n8KqzEk7RQA1pMnag606VdoCj86IVAZT3pJSTxQMjkB3dRShSRjPHc0hUZJP5Uj9AKAHMwC/LUY5ODR1I9KAuG5/h6UgJQQBsHTvVeRSCKDuDBu/epl2yD5uDQBHsOVFP70jfexQeKAFlHzmmCnv0B9aZ0oAefnQDuKa/WgHnNOK7jkde9ACxttIHbvSuhTp0pgXL+lS5zxmgBgduhp2A/HIpuD2NSISY29aYERGDRu7ZpgBJwKOe9IB5c9xSBh6kU0ORxSiQHqooAkDjGM5/ClIB+7hajyvY4ozjvTACCff8aQD8KXgnlqQtzxSAXHctRu7Cm0mOKAHk56nNJkdqaPSnhgOmKAHrhVPJzRhDycj3pyMo6rQQrdzQAwMgJwufqad52B90U3Yvrik2ZPBFAEscgfjpSuuw5NRJ8rdjVpT8pBGaYECkHtzS7SpB5p21GPTB9qCpU4zketIAly2PamYJxznHakySxo3ge5oAe5JAJpMjbyaU7WfHT3pjkq20igB4fHenh2JzVY+vNODkdKALaE5z1qcMCcVRDFsY4NSBmHJGaYi5RUEU2RUwOaAFpKXNJQAUUUtACUlOpKAEopaSgBaKSigBaKSigAopaSgApaSigB1FJSZoAXNGaSkoAdmim5ooAXNFJmjNAC0UmaWgApaSloAWiiigAooooASiiigBKKDSUAOpabS0AOpKKSgApKKKACiiloASilooAKKKSgAoopKAFpaSigAozRRigApaSloAKKKWgBpFFOpKAEpKWigBuKMU6lxQAzFFPxSYoASlxS4ooATFGKdSUANpaKKACikpaACkpaSgApabSZoAfRTc0ZoAcaSjNNzQAtGaSigAppNKaaaAFpaaKfQAlJS0YoATFLRS0AJikp1IaAEpKWjFACYpcUtLQAlFLRigBKWikoAWikpM0ASUlKaSgBKQ06koAbQKXFFACinU2lzQAuaM03NGaAHZpM03NJmgB2aM0zNLQA6ikzS0AJRS0lABSigUUALmkzRRQAZpabThSAdS0gpaYC0UlGaAFopKKAFpKKKAEoopaAEpaKKACilooASiiigApMUtFACYpcUUtABRRRQAUlLSUAFFJRQA6ikpaAEopaKAEpaKKACloooAKKSigAopaKAEpaKKAEopaKAEpKWm0ALS02igBaKM0maAFpKXNJQAUlFFABRRRQAUtJRQA6ikooAWkoNJQAtFJS0AFFLSUAFFFLigApaSigBaKSigBabS0lACGmmnUlACUUUUALilxQKWgBMUUtFABRRQKAHCiiloAMUuKKKAEIpaWmk4FADXIqGb5VFDSkvhR3qOTLk7mHHSgBsZzL+tRZJfjp3qQY5we3NMJ2cYoAdvHm/KOAOKSQDPDdaiJwaFbAOe9AwwOu6mE8CnOpQDPel25Qe1IBgYinnHl801B6intwooAarg/KF/GkQY3EdaNwBzinIMZ96AGE/MaD92ggjNOVeooAUcp9KjqVUJpWjwaAIgtLyDUmzFLsoAaB1PemtU2wkU1o6AIxziptp2Y74oEWMepp+MgD8KAIQu5Se9RsDnFTbPlPtQBu6/nQBWIwaSpzEfrTfLOaAGJ1xRjnHpTthB4pzLld3fvQBDijHvT6TZ6UACnHU8VIFXFR7fWpI+DQAbd1Cxn0p2M+9KMe4oAYVbPQ09B2INO+8etLhx3FAEZRgOho2HsMVJukpMk/xUARlDnnmpk645FKp/vc0e3FACqBn5uo70u3evy01unUClEo9c0ARSKFXOetRIOSx7dKtvGrgsKrMu7p2oAZu5qxvR4kLjI6fSq+ARzmn4/dYB755oAGIjbpkHvSjYfYdqhAOcN92nN9zHp0oAn3beMfjUqsHXGcVVjORzwKepVcFSTQBMVwvofUU+GVidpFJE6lth6Gh0KHp+NMRYopqncKdQAtFJS0ALRRRQAUUUUAJRRRQAlLRRQAUUUtACUUUUAJRS0lACUUtJQAlFLSUAJRRRSGLS0lLTELS02loAdRSUUALRSUUALSUtJQAmKSnUlACUtJRQA7NGabRQAtFJS0AFFFFABRS0UAJRRRQAYoxRRQAUtJmigBaSiigBaKQU6gAooooAKKKKAG0UtFABRRRQAUUUlABS5ptLQA6koooAKSlpKACkpaSgApKKKAEpKWkNABSZpDSUAOzS02loAWlpKXFIYUmKdRimIZinUuKKAExS0tNoAKKKKACkxS0UAJRS0lABRRS0ALS02loAKQinUlADKSn00igB2aM02loAWiiloASilxSUAJSZoJptADs0maKTFAC5pKXFAFIYlKKXFOxQAmKWiimIKMUU6gBAKWlpKACkxS0UANp1JS0AAp2abQKAFooooAKKTNFAC0UlLQAtLTaKAHUUUUAFFFJQAtFJRQAUUUUAFLRRQAUUUUAFNp1JQAlFLRQAUUUUAFLSUtAC0UmaM0CFpKKKBhRSZpKAHZozTaWgBaWkooAWkzQaKACkpaSgBDSUuKMUgEopcUuKYDaWlxRigBtFLRQAlFFFABSUtLQAlLRS0AJRilooATFLS0UAJRS0UAJRS4ooASkpaKAEpc0lFABmkpaSgApKWkxQAUtGKWgApRQKKACigmkoAKUU2nCgB1FJRQAuaQuB1OKRjxUBXdxmgCfzVA61Wlm3cZ60pXpxURTcSenpQAjSZHy9BQvzt0+tNPy8Yp/Cx4B5agBC2Dx2qMkl/rTlGW9aULvKp370AMfKrTHzgepqWfHmHPToBUb/wCtHYcUDF3bvkbpSKGjbnlTTHJ3H60wSEUATHhippRwM1H5pYc04NnikA7EbNkgikkYs3FCozNirUdvwC1AEAQyKBj5qmSDHXrVhUA6U6gZGIxTWQVPikxSAhMdJ5dT7aXbQBDso8upsUmKAIiuTTCMVMVNMKZamBFtwfrSbcGpivak25oAgFKeBUhSm7KQDMcU1RhuehqUpxmk25FMCEptNKBzU5AZfeo8YNAELLg0Ac1Nt555pNnYUgG474pAfY1MqkHpTjHu5AxTAiBU/wANOKgetLs/OjmgBmB1yTQCPoalGCKQLlsYoAQEd6YyBuhqRk4xmlKFfcUCGYO3BwRTViIHXipuVHHT3pTt65IoAj/hxn6VC/PIPPerB6jGKifOc8daBkDHcPpTcnbinyZ4ph7UCBWIBqT5fLPGKaFyMU4/KuAMmgBgzmnrkNSB5T24+lSq+7h0P1FAABnkHFWFbfDyeRUBQpyDmnx8bvpTAnjIxUtVkf5sVOrErz60CFpaT8KKAFooooAWiiigAoxRRQAmKMUtFABRSZozQAUUUlABRRRQAUlLSUAFFFJQAtFFLQAlFLRQAlLSUUALRSUmaAHZozSUlADs0UlFAC0lLSUAJRRTaAHUU3NLmgB1LTaM0APopM0maAHUlJRQAtFFFABRRRQAlJSmkpALSikpRTAWlpKWgBaSiigAoopKAClpKM0AFJS0lABRRRQAlLRiigAooooAWikooAKSnUhoAbRSGigBaaaWlxQA3FGKdRQA3FLilp1ADcU7FLRQAmKKWkoAKbTqSgBKKWigBKSnUlACUtJiigBaSlpaAG0lKaSgBaUUlLQAtJRmjNABikxS0UANopaKAClpKWgBaaaWmmgBh60lPNJQAClpKKAFpQKQU4UAKBRSiloAbijFOooAbiloooAKKKKAFpKKWgBKKWigBKKKSgBaKKKACilooASloooAKBSZpc0ALRSZooAWkoooAKWilFABRRRQAUUUUAFFFFABRRRQACiikJoAKKSjNAC0UmaKAFopKM0ALRSZozQAUUZpM0AFLSUUgHUUlLTAKXNNooAXNLSUooAKKKKACjFLRQAlFFFACUUtJmgBKKWkoAKKKKAFopKKAHUlGaM0AFLSUtABS0lFAC0lFFABRRRQAmKMU6kxQA3FFLSUAFFFFAC0UUUAFGaKSgApKKKAClpKUUALS0lFACNTccUjPzgcmmbj60AKx6+9RM6LnjNIxGdpOKhlIQ7etAEoO4EkcVHjc5YdBxikhO5gp/CnFtkfXr0oAWMgyH0AyaIOG3t68UyPlcActT5PkVQPTmgZFK2ZCaR/v7/yprEfwj8TUZJPU0gHNgknPWk25HBpuDT442c4oARVOatwW5YZIxUsFsEGW5NWdtA7DUjA6DpT8UtFIdhKMUtOoATFAopaAENFLRQMbijFOooAbimkU+koEMxmmkYqXFIRQBFRxinlc03HNAWEPzCohlTip9vpTWXjPegCPG1qGXdzT8ZFJ068GgBhGBSAVNjNIVGc0AMxTlJzSEYpVPtQApFIAM06l25oATaM+lGB6U7bz1pwHFMCMrmkxtqXB70u0UgIgPbg0hjAwKm20jLkCmIh200rU4FG2kBVeEHmoTGM1fK1DJHkUBYr4AT5ajlLqwx3p+04Kn1zUZkKoB6HnNMQ0sy9TyaQSuO9KNrjHQ03aQcNxQBYil/vd6nKFcMOmKpBsDirlq29CrfhQAifeBHbrU6uFOBUHRwR3707OT70wLQOaWo1Y5p9AhaKKKACiiigBaKbS0ALSUmaM0AFJRRQAtFJS0AJSUtFABRS0UAJSU7FFACUtFFAC0UtFADaSlpDQAhptOpMUAGaM0lFAx1LSCloELSUtJQAhptOpKAG0tLijFIAopaKYBRRRQAUUlFAC04U2nUAFFLSUAJRilooAMUtFLQAUUUlAC0UmaTNAC0lFFABSUtNoAdmjNMzRmgB2acKZThQA6iiigBKSnU00AFFJRQAtIaKKAG0UtFABS0ClxQAlGKdSUAFLSUUAOpKM0UAFJRmigAooooAKKKKACkpaKAEpKdSUAFIaWkNACUlFIaAClptKKAFpM0tNNAC7qUNUdKKAJKKKKAFopM0ZoAKMUtFADDRTqTFADaSnYpMUgFFOFNApwpgOFLSCloAWiiloAbiilooASilxS0ANxRTqSgBMUU6koAbSU6igBKKWloASilpDQAZpKKSgAoopaQAKUUUtMBKWiigBaKSigBaKSloAKKSigBaKSigBaKKSgANJRSUAFJRRSAKWilpgNpaXFLigBMUUtFADaMU6jFADcUtLiigAooooASiiigBaKKKACiiigBaKKKACikpKAFpKKKAClpKKACiiigApKKKACikpaAClzSUUALS0lJmgB2aKbmlFADqWm0uaAFopKKACkpaSgBKKKSgBaWkooAKSlpKAEoopKAHUtNpaAFzTCxJwKUmkHpQAznkLx70uFC8U/tUTvyfagCCYAHJ6jrUGdz8ipZzyAepqNcg+5oGPjG05HU8ChxubHYdKljHydPagAK3HJoEJGpSMtUMhBOScmp5WG0jtnFVWbFAxpGfWjZ+FHPrT4oWdqQBHEXbgVoQQCMe/rSwxBB71NikNITFLRRSKCiilpgFLRRSAKSilpgFLRRQAUUUlABSGnUUANpMU7FJSGJikxTqMUCGGkp+KMUARY5zSEA8VLikKg0wI9pHFJ8w7U/b70AGgBAM9acF44op1ADcUopcUtADe9OxSGnDpQAnWlo707FADaSn4ppFAhKTFLRQA3FIRTzSUDK8seV461SkyMgj861CKrzQ71oE0Z+SOwFODLIuyTgjo1NkBRsUzrzTJJPK2nlvlFSwufNG3oO1Qs52D2pVcJjb19aALmTux6/zpwGVwR9KrwOShx1HNWe+VPUcrQA1Cw/CrKnjNQBueelSp8o9eaYEmaSm0tAhaKKWgBKKWkoASkpTTaADNGaSigB9LTKWgBaKKKBi0tNpaBC0UUUAJS0lGaAHUUlFAC00inUlADKKdigigBlFOxRikMSlpKWmIKKWigBKSnUlACUtFFABRRRQAUUUtADcUYp1FACUtJS0ALRRRQAlLRRQAtJRSUALSUUlABRmkooAWkoooAWmmnUhoAbQKMUUAKKWkpaQx2aXNJRTELSUtFADaKWkoAKKWigBKBS4ooAKWkpaACkpaSgBKWkzSZoAdRTc0ZoAWlptFADqKKKAFpKWkoAKKKKACkpaKAG0UtFADaaafRigCOin4oxQAyg0/FJigBlAp2KMUAOopKKAFxRiinUAJRS0UAJRinUUANxSYp9GKAGYpcU6koAKWkp1ABS0lFAC0UUUAFFGaTNABRRRQAUUUUAFFFFACUtJRQAtJRRQAUlLRQAmKWiloAKKKKAEzRRSUALRRRQAUtFFABRRRQAUUUlAC0lFFABSUUUAJS0UUALS0lFADhRSZozQAtFGaKACilooASilNJQAUlFFABS0lLQAUUUUAFJS0lABRRRQAUlLRQAlFLSUAFFFFABSUtFACUYp1FADaKWjFACUUtJQAUlOpKBiUtFFAhaBQKWgAooooAKKKSgAopaSgAopKKAFpKWkoASilxRigBKWiigBvakp1RTMV4HWgBZJQqkVVLkt7Zpd2XIH50jrhaBjW+dyxPA6U4J3NEYHHGfapO+c8+vpQIToMZwKaZdvIprOM+tRMSaBgzEimfSlPTqKdHGXPFIAijZ2xitKKIIoHekghEa+9S0hocKWkooKCiiikACnUmKWmAtJRRQAmKWiigApaSjFIANFLRTGJRS0UgEopaMUAJRilooASkxT6TFMQzFGKfijFAEeKMU/FGKAG4opcUYpDCiilpgNIpRQelA6UALS0UUCCilooAbSU7FJigBtFKaSkAhpCM06kxQBVngDj0NZ7jacVsMM1TuYMjcvWmJoo5pBSkYNIDTJJIH2PVpmxPt6ZAxVQHkZFWZvnYkfeXpQBKrh854apY2yGHeqgJOH796m3bvmz8woAsA7hTqgicjKnqP5VP1GR0oELS02nUwCiiigBppKdSYoAbSU7FJikACnU2imA6ikzS0AFLSUZoAWkzRSUALmkpKM0AOpc03NFAD80U0UtADqSjNLQAmKSnUmKAExRilooAKKKKAEooNJQAUlFJQAZpabSZoGPzS5pmaUUCHUtJRQAtFFLQAUUtFACUUtJQAlFFJQAUlLRQAlFLiloAbRS0UAJRS0UAJSYp1FACYpRS0UAFLRRQAtFFFACUmKWigBKKWigAopKKACiiigAzSGkooAQ0lKaSgBM0ZoNNoAeDS5qPNOBoAkBpaYKdQAUUUUAFLTaWgBaKKSgBKKKKAFpaTNFABRRRQAlFLQRQA2ilpKAEooooAUUtJRmgB1JTc0uaAHUtNFLQAtLSZpM0ALRTc0tAC0ZpM0lAC5pc0yloAdRmm5pM0AOzRmm0tAxaWkooELmjNNpaAFpaSigApKWkoAWikozQAtFNozQA+im5paAHUlFJQAUlLSUALRRS0AFLSUUALSUUUAJRS0UAJSUtJQAUlLRQACloooAKKKTNAC0U3NGaQDqM03NLmmA7NLmm5ooAdmkpKKAClpKM0ALS02loAWiiigAoopKACikooAKKKKAFpKKKACjNFJigBaWkxS0AFLRRQAlJTqSgBKSlooASiilxQAlFLiloASlopcUAJRS0lADc0maU02kA7NGabSimA6iiigAooooAKXFFFACUUtJQA0nFVp25PrUsr7cAVBnzJB6DrQA4KEUf3jTCCzAVIRjk/eP6CkYhSQvB7mgBCQi4HWodxI9hSuR68VCXJGMcUhilgKbuHpSj6UAZPSgBVDMcAVoQQ7Bk9abbQhVDGrNAwpaBS/WkMQCijNFAwooopAKKWkpQaADFLRRTAKSlooGJS0lLSAKKKWgBKWiigAooxSimAlJTqSgBKWiigAopKKBC0lLRQMSilpKQBSUtFACUg4p1FAC0YoopiCiiloASkIp+KQ0AM7U2n0YpAMpKUiigBMU1hT6QigDNuoMHetU+hradc8Gsy5h8tvY0yWRJ972qZm2zZqFPvCpGbLH60xEoxkj16UoNMHK/SlJwaALC5IVx1WpYTg47GoIHwwqyU8uTcPut0oAkoo7UUxBRSUUALRRS0AJikIp1JQA2ilpKAEpaKKACikpaACiiigBKMU7FGKAG4paXFGKQBRRSGmA7NGabRmgB2adUeadmgB1JRRQAUlFFACGkpaSgBKSnYpMUANxRin4pMUDG04UUtAhaWkpwoAKMUtFABRRSUALSUUlABSUtFABRRRQAtJRS0AJRRRQAlLTaWgBaKKWgBKKWkoAKXNJRQAtFJRmgB1NozRQAUUUUAFJRSUALRSUtABSUtJQAUhpaKAGUlPxSUAMpwFGKUUgFFLSUtMBaTNFJigBaKKKAFopKWgApDS02gAzRmkooAXNLmm0tADs0U2jNACmm96Wm0ABopSKSgBM0ZoxRikAtKKMUuKYBS0UUALSUlFABS0lFAC0lFFABQaKWgBtFLijFACCnUoFLikAlFOxSUwEpKWm0ALS0lFADqSiloAbRinYoxQA3FFOooAbS0UUALRSUtABSUtFABRSUUALmiiigApaKKACiiigAoxRRQAYooooASiiigApKKKAExRilpKACilooAKKWigAoopaAG0U6koAKKKKAFopKTNADqKbmloAWiiigApKWigBKKWigBKWiigApaSloAKM0UlABmikooAKKWloAbilpaMUAFGKWigBKKWkoAKSikoASkxTqMUAJS0UUAFLRiloASlopKAFpKM0lAC0yRwgzSs2B61FnqxoAh3bj75p8ahMsenpTIl6ueg5psjl29vSgB+8nLE81CST0p5wOOp70wtikMjIHc5pv6UtFADatWsO47jUcUZZgMVoou1cCgYop1JS0hhnFHNJS0hhRRS0AFFApaAClFJS0AFFFFAwoopKAFpKKWgAopKXNABQKKWgApaSimAtJS0UhBSUUUxhRRRQAUUUtIBtLRRTASlpKWkAUUlLQAUtJS0AFJS0UCCijFFACYpKdTSKAEppp1NoAKMUCloAYRUM8YkQjvVg0w0wMjaUlwfWmMcOcetXrqL5g4/GqLfeNMkljb1qUr8pHtkVUBq1E+4AdxQIRGq9FJ5kWD1FUSAG46VLHkNx3oAvLyKKjhk3Gpj1piG0UtFACUUUUAFFFFACUUtFACUUtJQAlFLSUAFLSUtAC0UUYoAKKKKAEopaKAGUlPxSYpAJS0UUDFpabSimIWiiloATFGKdRQA3FJTqSgBKSlooASlpKKAHUU2lzQA7NJmkzRQAuaKSloAWikpaAEpaKSgBaKSloAKKSigANJS0lABRRRQAUtNpc0ALmkoooAKKbS0ALRRRQAlLRRQMKWkpaBCYopaSgAxRS0UAJRS0lABRilooAbikp1FADaKWjFACU6kxS0AFBoooASilpKAEozQabQA7NFNpaAFooooAKKKKAEzSZoNJQA6kpAaWgBc0lFLigAxS4oxS0AFLRRQAUlFJmgAopaSgAooooASlopaAEpaKWgAoopaAClpBS0AFJS0lACUlOooASilxRQAlOopaACilooATFJilooAbiinUlACUUtGKADFFLRQAmKKWkoASilooAKKKKACiiigBaSlpKAEopaSgApM0UlAC0lFFABRS0UAFLRRQAUZpKKAFzS0lFAC0UUUAFJRRQA2iikoGLS02nCgQtOptLQAtFFFACUUtFABRRRQAUUUUAFJS0lABRRRQAUtJS0ALRSZpc0AFFJmkzQAuaQmkpKAFopKWgBaKSloAKKWigAopKWgApDS0UANpKWmOcD3pANduwppAKH07UHimO/yhR+NMAlYbBGv41GB8oHp1pjMM0bi3AoGISTz2pvWpNpzTgvPWgCPy89aeseOi/nTiecDNSxIPekA+GPaMnrU1JS0ikFLSUUhi0UUtACUtFGaACilooGFGKKWgApCaDSUALQKbzS80ALRSUtABS0lLQAUUUUALRRSZoAWlpKKYBRRSUALS02igBaKKKQBRSUtMApKWigBKWkozQAtFFFIApaSigBaKKKACiikPFAhppKcabigAopaSgBDTSKcabQAx1yuKyp02SGtc1Vu49y5HUUxMzqej7WBplLTJLUnOHXoetKp4NRwtxtPSnYxxQBYifbkn8atghhkVnxuE4IzmrUb4X2zQBPSUtFMQlJTqKAG4op1FADaWlooAbQaWkNACGkoNJQAtLSUooGLS0lLQIKSlooASiiigBaSlooAbRS0lABS0lLQAopaSloAWkozRQAUlLSUAJSUtJQAlFLRigBKKXFJigBKKKWkAU6kpaYC0tNpaACilooASiiloASilpKACkpaKAG0UtJQAlFFFACUtJS0AFFLRQAUZopKACiiigBRS02igBaKKKAFopKKAFoopM0ALRSUuaACkpc0lACUUtFABS0UlAC0lFFABRRSUAJSUtJQAUUUlADqKSigBaTNJSUAKaSiigYU4U2nCgQtFFJQA4UtNpaAFpabmloAKTFLRQAlLS0UANNJSmjFABS0lOoASilooASiiigBaM02igB1FJS0ALRSUtABRRRQAUUUUALmjNNzSZoAfmim5paAFooFLQAlFLRQAlFFJQAUUlJQA7NGabRQA6im0UAOpabS0ALRRSUAFJS0lABSGlpKAEpcUU7FACYpcUUtADaKdijFADaKXFFACUlLRigAoopKAFpKSigAopaKAEpaKKAFopKKAHUtNzRQA6ikooAWjNJmkoAXNFJRQAtLTaXNAC0lGaKACikooAKM0lFAC5pKKKACiiigBaKKKACiiloAKWkpaACiikoAKKSigAqFm+f2FTHpVf8AiOaADIHPpzVV3Oakc5BNRKuWoGIqlj6CpFHPy9KAjMcDgVKEAGCfpikAcAYJ5pox7gU8IvcGlOT0X8qYDVB7cVZRcCmRKw6gCpaQ0LRQKKQwpaKKQwpQKSnUwCkpaKQwooooASlpKKAA0ZooxQMKKKKACjNFJQAtLSUUAOopKKAFpKKKAFoFApaBBSUUtMAopKKBC0lFFAwoopKAFzS0lGaQBRRSUALS5puaKAFpRSUUAOpKKKACg0UUCENHWiigAppp1NJoAbSU6mmgYlNIyMU6koEZlxHsfI6VCK0blNycVnYqiR6HDVNwDVf3qVSGGD1oESkZGR2qeF96bMVXVsZBpY22tkUAXopOdjdRUtVHbI3r261YjfcopgPopKKBBRRRQAUUUUAFNNOooAZiinUlADadSUUALS02jNADqSkzRQAtFJRQAZpc02igB1JRRQAlLSUlADs0tR5pwNAD6M03NGaAHZopKKACiiigApaKKACkpaKAG0UtFABSUtJQAtFJRQA6ikpaACiiigBaKSloAKSlpKAEooNJQAUlLSUAFLRRQAUUUtACYopaKAG0U6jFADaKXFFADaWiigBKWkooAWikpaACiiigAooooAWikpaAFoxRS0AJSUtFADaSlpDQAZoptLQAtGKKWgBKKWigBuKTFOxRigBuKKdiigBuKUUUUAKaSlzSUAFLTc0tACilpM0ZoAWlpoozQA+im5ozQAtFFFABTqSloAKQ0U00AFJmikNAC5paaKWgB1LTaWgBaKSjNAC0UmaKAFpKWkoASilpKQBS0lKKAHA0tNpaYC0UUUAFJS0lACUlLRQAlFLRQAUUUUAFFFFAC0E0lFABRRSUALS03NLmgBaKKWgAooooAKWkpaAEooooAKSlooASm0+mkUANopaSgApaSnCkAUUUGmAlJS0lAC0tJS0ALRSUUAFFFFACUUtGKACilooASilooASkp1GKAG0UuKKAEpaKKACiiigAooooAM0UUUAAp1NpaACilooASkp1FAEchwtV3OI/cnrU8nSqzvlGHbtQBAG3EjsKkycbR1NRoMD61KuApJoGKgx1+Zv5U/JzxUanvT84GOv0oEGM9Wpy4zgU0DPqx9BViNdo6CgY5VwvJ/CnU2lpDFoopaQwooooAKWkpaBi0UUUhiUYpaWgBKKKKAFxRQKKAEooNFABSGlooASilpKBhS0lANAC0tNpwoAKKKWmISlopKAFpKKKACiikNABRQKWkAlFLSUALSUUUxiUtFFIBaKKKBBRSUvagAzRmiigAopCaKAFpppaQ0ANNNNKTTTQAUUUtADGGRVCSP5iK0TVa4TJzjpTRLKW3B96UdfepMA+4/UU3ZjnqPWmSPJzgjr3pQdrdODTAPz/AJ0rHp6UAWLdgcp61Ip8piueD0qmrYYEVbcb49w69/rQBZBpaqwy/wAJqyDxTEFJRRQAopaSloAWkpaSgApKWkoASm06koASkzS0mKAClpKKQC0tNpaYC0UUUAFFFFABTTS0lACUUtFIYU6kpaBC0UlFMBaKKSgBaKSigB1FNpaAFopaKAG0lLRQA2lpaKACiiigBaSiigAopKWgAoozRQAUlFFABRS0UAAoopaAEpaKKACiiigBKKWkoAKKWigBMUEUtFADMUYp2KKAG0uKWigBMUYp1JQAmKMUtLigBtFLiigAooooAKSlpDQAlJS0lACUUtGKAClpKdQAUUtFACUUUUAJSUtFACUUtJigBKKWigBuKKdijFADaKdikoASjNLikxQAUopKKQx1KKbmnCmIcKWkooAKaaWkNADc0lGKUCkAUtGKXFAC0lLRimAlJS0UAJThSYpaACiiloAKKWigBKKWkoAKKKTNAC5pc02loAM0ZpKKAFooooAKWkpaADFFFLQAlJSmkoAKKKKAEopaSgBKUUUUAOopKWgAzRRRQAUtJRQAZpM0tJQAtLSUUALSGiigBKSloxQAUtFLQAlJTqSgBKSnGmmgBKdSUUALRRS0AFFFFABS0UlAC0YopaAG0UtFACUUtNoAU0lFFABRRRQAtFFFACUUtFACUUuKMUAJRS0UAFLSUUALRSUUARTHaKpsRxVi6PIqqP8AWfQUDF4HvSgEmjG5sL+dPA52r+dAhAvpUgUAdKcikdPzp2M9TtX3oAFbAwKcoPfim5A4UH6ml/GkMeABThTFGakxQMWikpaQxKWkpc0DCikpaQC0UUtAwooooAKTk0vWigAAp1JS0AIaKWjFMBKKWkpAFJS0lAwxSUtJQAUtFAoAKWkooELRRRTAWikozQAUlLRQAmaBRiigYtJS0tAhtGKWikMKKKKACiiigQYoopaAEopaSgAxSUtJQAlNNOpjGgBKQ0UUAJS0GigApjj5adSHpTJZSdSORz70IfXHP61LKpByBUPuv5UyR/l88HA/lTJF496ep20rc8kcUAV1ODVu3kBBQ9DVNxtbilViDmgC03yyAng1aRty5FVh+8T3WpYBhSe1AiaikopgLS5puaKAHZozTc0ZoAXNFJmjNAC0YoBpaAEptOpDQA00lLRQAlLRilFIYtFFLTEJRS0lABikxS0UAJRS0tADaWlooASilpKAClpKWgBKKWigAooxRQAtFJRQAUUUUAFLSUUAGaSkNJQA6ikFOoASilooASlopaAEopaKAG0tFFABRRRQAUUUUAGaM0UlADqKbS0ALRRRQAtFJRQAtJS0UAJiilpKACkpaSgBaKSloAKKWkoASiikoAKQ0tGKAG0tFLQAlFLRQAlLRRQAtFJmkoAKKKKBi0UUUCCk70tAoGNpaSigQtFLRQAlGKKdQA3FLinUUAR4pMVIaYaAG0oNIaKAH5ozTM0ooAdSUUoFABilxS4pcUAJijFOxRQA2ilooAbijFOooASkp1GKAEopaMUAFFGKWgBKSlxSUAJRS0YoASloxS0AJRS0UAJS0UUAFFFLQAUUUlABRS0lABRRS0AJSYpaKAEoxS0UAJinUUtACUYpaKAEoopKACjNJRQAZozSUUAOopKKAFpabS0ALRSUlADqSkooAKSlooASk70tFABS0UUALRRRQAUUlFAC5ozSZooAdRSUtABSUtJQAlFLSUAFAopaACloooAMUUtFABRRRQAlFFFADaKWkoAKKKKAK1weaqjJfA79asT53A1Cowdo6nrQBJ/sipFUdAOlMxt4705fl9zQBIW2j3poyxz1oVM/MxpwbsCKBhg96cBQT64pM5pDHin1GKeOtAC0UtJSGFJRS0hi0tJS0AFFFLQMKKKKAFoFFFMQtFFFABRRRQMKSlpKACkpaSkMKKWkNMBaSiigAFLSClxQIKKKKACkpaMUAFFLRQAlFBooAKWkpaQBRSikNABRiiloASinU2gAooooAKKKSgBDSZoooASkOKWmmgBtFBo7UAFFFFABTTS0UySN6g2dxU7DBqNhg56f1piI8YFOBBXHf+dHXp+IoZNuGBoERzKB9Kh4qycEEdjyKgIwaAJ4X+Xj6GrMHCgj8aqL8mD2PBqzAeTQBNSU7FJTEJRRS0hiUUUUxBRRRQMXNLTaWgQtFFFACYptPNJQAlFFFAC0tFFABRS0UANopaKAEpaKUCgBKXFLRQA3FGKdRQA3FLS0UAJRS0UAJRRRQAlFFFACUUUUALSUtNoAKSiigBRThTRTqACilpKAClpKWgApaKKACm06koAbRS0lAC0UlFAC0U3NLQAtLSUUAFFFFACZozSUUAOzTqZS0ALSUUUAJRS0lAC0tJRQAtFJS0AFJS0UAJRRRQAlFLRQAlFFFACUlKaSgBKWkpaAFopKKAFp1NozQAtFJmigBpoFKaSgB1LTaWgBaWkooAUUtJSUAKaYadRQBHikqTFJigBtOFGKXFABinCkFLQAtLSUuaAFppNGaSgAzS02igB9FNooAdRSUUALRRS0AFJS0UAJRRS0AJRilpaAExSYp1FADcUUtIaAEpKWkoAKKKKAClpKWgBaKKKACkoooAKKSkzQA6ikzS0ALS0lGaAFzSZpM0UAFFFFABRSUUAFFFFAC0UUUALSUtJQAUlLRQA2iiigAooooAWkpaKAEpaMUUAFLSUtACUhp1JQA2loopDFpaSlpiFopM0uaAEooooAKKKSgB1FJS0ALRSUZoAWikooAKSiigAoopaAEpKdSUAVLjhsYpkY2jcfvVLMP3mf1poHQ/lQAmPm9fenBM/SlUZp44GAPrQMawzgDpS7ccU7cqrx19aaKADHPSnCgClxSGLTxTRTxQMKSlpKQCU6kozikMcKM1GXpvmelMRNmiod9HmCgCalzUHmUhl9KALG6k3VWMhpPNx1NAFveDRuFU/MKn2p4lz1oAs5FLmoA9J5nNAyxR3pgal3igB1JS5pKBhS02jNIYppKTNLQAtLSUtMAoFFLQISjNFGKACilpM0AFFFFABSikpaQC0GkooAMUopKWgApKWkoAKKKKACkNFBoAbRS4pDQA00hNKaaaAG06kHWlNACUlLQelAhM0CkzR1piBhxUR9O1S9RTHXPI7UxEZB9cN296cAGGDTd2Rhh9DTjyMj86BEOduR6UxwOoqST+8OhqMH5cUAKhyORkVaiXaQR6VSjbaeelXYhgbT26UATilpKKYgxRilpKACjFFLQAmKSnUlACUUtFACUUtFABRRRQAUlLRQAlLRRQAoopKWgAoopaAEpaKKACikooAWikzRmgB1FJmigAooooAKSiigBKSlpDQAlFFJQMdRSCloEJSU6koAKcDTaWgB1JRSUAFLTaM0APopuaM0AOpKTNFABSUtJQAlLSUUgFpaSlpgFKKKKAFpKKKACkpaKAG0tFJQAtGabRQA6ikFLQAoozSUUALRSUooAWiiloASiikoAWkopKAA0lLRQA00UGigBppRRiigBaDRRQAlFKabmgBc0oPNNoFAC0ooxSigApaKKAFpKWkoAKKKKAFooooAKKKWgBKMUtJQAUUmaTNADs0ZpmaUGgB1FJS0AFFFLigBKKWigAopKKAHUU2jNADqKbmlzQA6lpuaM0AOopuaM0AOpKTNGaAFpKKKAExRS0lACUUtFACUtFFAC0UlJQA6mmlppoAKSiigBaXNJRQAuaM0lFABmlzTaKAHZoptKKAFpaSloASloooAKKKTNAC0U3NFADqKSigAooooAKKKKAFopKWgBKKKWgAooooAKKKKAEpcUtFADaKWigBKWiigApKWkoAKKKKAClpKKAFpaSloAKKWigBKKWigBKKKKAEpD0paSgCCbtimE44HLGnznAOKSNOOeuKBiqpUe9KX524/CkGaUD0/OgA2k8mnYFKDgU0kk80gHU4CmrT6RQopaSloAKaTilqNmAoAVnxTC3PNRs2TSFjQBLuHpTS3pUJfnmml6YibdTdzVDuyaXdQBJuNGaj3ikZ/Q0AP3c0bs1GGz3pTmgB3UUbjTevSkFAEyv8Agadu5qAcGpA2aBk6uaduxUa9KM0gLAfNOBquh5xUgNAyWimg0tAxaBSZozSAdmjNNzSA0xj80opi08UCFpKDSUCFpM0lGaBi5ozTc0A0gHZozSZpM0wHUoNNzSbqAH0U3NG6gQ/NBpAaXNABRSUtABSUtFADTSUtJSGIabTqaaAEppp1JQAlKaXFJQIYad2oPvTclWzTEO+nWgE9RSH1FAOT15piI5YweUHPpUSNtbB71bxiq88ffGCOtAhzxgxkiqpGanicjhuh4NQsNj8/WgCP3q9anenPXpVOXG/jo3NWLQ/eoAt4xSUucjmm0xDs0lJSigBaWkpaACiiigApKWkoAUUUUlABRRRQAUYpaKAEooooAWikpc0AFFJmigBaM02igBc0ZpKSgBaM0maTNAD80uaZS0APzRTRS0AFFFJQAUUUlACUUUUAFLRRQAUlLRQAlFBpKAFzRSUtABSUUUgDNGaKKAFopaXFMBKKdijFADKSn0mKAEpaKKACiikNAC0tMzSg0APpKSloAKbS0lABSUtJQMKM0lLSAM0ZpKKYh1LTaKAH0UmaM0ALSUUUAFJRRQAlFBpKAFoFFKKADFGKWloAbSU6koAbSU7FBFADaUUUUAOoopKAFpaQUtABRRSUALRSUUALRSZozQA6lptLQAtJS0lACU2nUlADcUtLRQAU8U0CnCgBaKKKACkoooASilpKACkp1JQA2lpKKQxc0uabRTEOzSUUUDFpaSigQ6ikooAKKKSgBc0UlLQAUlLRQAlFLSUAFIaWkoASkp1FACCnUCloASkNONJQA2lpcUUANxS0tFACUtFFAC0hopKACkpaSgApaSigBaWkpaAClopaAEopaSgBKKKKAClpKKAFpKKKAClpKWgBaKSigAopKKACloooASkNLmkoAKBRS0AFLRRQAtLSUtABS0UUAFJS0lACUUtJQAlIadimt92kBA/zEnsDxQvfJyacW5AFCL3pgJt5yelOGT7ClPP0oPA60DEpdmOtMJ54p60hjlFOpKWkMKDRSE0DEJqJhT26VGaBCFajI96kJ9KYc0xDWHFMxT+/PFBGetICPPtSHHpUm0UhSgdiOkxUuz2pdlAWIttKM1MFpClAWIqcKdim4oCwY9aUDHSiloAerU4GoxThQBLRnmmg0GgCYGnA1EKfmgY/NGabSk0gFzRUdOzQMeDg07NQb+akDUxD80lJupM0AKaaTTS1MLc0AP3Uu7AqLOKYXoAm8ym76iHTJ70O2BQBI023pQsm3rVcHHJpCSxoEWfOz3p4f3qmCB3pfM9KAL28UoeqPmUqykd6ALwel3VVEw9aTzhng0DuXdwNGaprMfWpBJ60CJs0tRBs0/NAxaY1ONNNIY2lFLSUALSGlzQaBDOtJnHB5FOpDTATr0ppHHHakzt57VJ95dwoJFD5T3prcnDU3pTgd4xjkdKYiuR8xFIE8zcpPI6U9sg5PeoySrg0ARMPl6cipbUkP7EUSL97HpS2v3sUAW/al7UY9aKYgxRS0UAFFFFAC0lLRQAlOpKWgBKKKKAEooooAKKWjFACUUtFACUUUUAJRRRQAUUUUAFNNLSGgBKKKKAAU4UgFOFAC0UtFABRRRQAlJS5pM0AJSU6m0ALmlptLQAtFFFACUUtFACUlLRigBKXFLiigBMUYpaWgAApaSlzQAtFFJmgApKWkoASm06koAM0UlFABQKKKAFpabTqACiiigBKKWigBMUYp1FADcUUtJQAlJS0hFABmlzSAUtAxaWkFLQIKbTs02gApMUtFAC0tJThQAYpaTNLQAlJS0lABSUtFADcUAUtKKAA0UGigApaSloAQ02nGkoASlopaAG0U6mmgBRS5puaM0AOpaYKWgBaSkpaAFoFFLQAopRSUooAWkpaSgAooooASlopaAG0YpaKAG4pMU+kxQAzFGKdSUAJS0UtABS0UtACUtLSUAJSU6koAbS0UtABS0lLQAUlLRQAlIaWigBtLRiigBaWm06gApKWkoAKSlpKACiiigApKWjFACUUuKMUAJRinYooATFGKdSUAJS0UlADqKQU6gApKWkoAbRS0lACUtFJQAtFFLQAlLRRQAUlKaSgApKKKAFzSZopKAFpKKWkMKWjFLTEFFLRQAlLSUuaAFFLTc0ZoAXNFJRmgBaKTNAoAUVHOcLipf51FIMmgCLqaduz0ppx2pBleO5oAfkDgDmoyewpwy3AoGB7mgYqL61IKaOaeKkoWiioXuFU8c0ATGmsarm5+gqM3P8AtUBcsMTio8VAbgHuaPOHpmmK5KcDuKTeKj3k9FoxIewFAD9w96UZ9KasTk/eFTLC396kxoj6dqN49DT3iI/iNR+Sx/iNCGxd6+9L5iUzyWH8R/KmlGH8dArk+9PWkyGHBFQbG9RShX9AaAuS7R60m30NMO4D7tMLkeooC5Ic0g96aJCe9PzSHcM0oNJuWjcO1AD80uabS5pgPDVIDUINOBpATA0UwGnUxgaTNFM3ZyKAFHJp4NMFOoAdmkJpuaQtSELmm5ppNNzzTAcTTetGabuoEOJphNITTGagBS1N300000CHFqTdTaWmAoNKG5pmaM0ATBhTww9KrinqTQBNuFSBs1X3808GgCyrDt1qUGqYNSpIRxSGWqQ0zcaXdQMDRRQKQw70GjiloEJTTT6aaAGYpAdp4/KnGmbvmpiY5jk5H4ikYbAHFNzipM+ZGR68UyRhIcjI61FL9zHpTxyCO4pHGUDdj1oAizmMH+7xT0jKyZBypGaiHysVPQ8VYtTldh69qALA6UuKQU4UxBiilooASkp1JQAlLSUUAOopKWgAoxRS0ANxRS0UAFFFFABSUtFADaKWigBKMUtFACUUtJQAlJinUlADcUUtFACilpKWgBaKSigAzSZoNJQAUUlFAC0lLRQAlLRRQAUtFLQAUUtJQAUUUlAC0lGaSgApc02igB1GaSkoAfmim0tAC0UCloAQ0lLRigBKSlooASilooAKKKKAFpKKKAFoopaAEopaSgBKSlpKACkpaKAEpcUuKWgBKKKKAEpKWkpDFooopiClpKTNADhRTc0uaAFopKKAClpKWgBKUUlANADqSkpKAHUZptLQAtLSUtABRSiigBMU2n0mKAGYoxT6SgBtFLS4oASlpaKACiiigBaXNNzRmgB2aTNNzRQA6lpuaM0APopoNLQAtJRRQAUUtFADaSnGmmgBKM0Gm0APzS5qOnCgB+aKaKdQAUUUUAJRS0lAC0lLSUAFFFFABRS0UANooNFABS02loAdRSUUAFJS0UAJS0UtACUtFLQAmKKdRQA2ilooASkpaKAEooooAKWiigApaKKAEpKdSUANNJTqSgApaSigBaKSigBaSiigAoopaAEopaMUANoFOxRQAUUlLQAtJRSUAFFJmjNAC5ozTc0UAOzRmmUopAOpwpopaAFzTX+VM0tRynIApgJkjgdaZxySeP50jMAPcnmk7CgY/dkbR1NKowOPzqINtzSNMcYFICxuUd6BIHOFqkWJqzaDLigLi3LNCCuetZruTxmtDUPvZrM/ioAOopRQvOaMYoAMVaihwMt1qKBNzZq1nFA0GKKTNGaRQ4cU7JpgGakHFACjNLnFNJHrSZpASbqQ4NR7hTd3vTGSED0pN23+GojIfWm+b60hFkOp6qKY6K3SohIpo3e9KwMkEaEUhhXHBpgel3UWYDTC3Y1GyOO35VNv5pDJmmhWK4dl7n8akWb1GadkHqKb5SHpxTFqSCQHvTwarmJh05pFkK9aB3LqmpKrRyK1Wl6UhiVHjmpTUZGKYBS0Cg0hjSaYTSsaiZqAHE03NMLU3dQIfuo3VHupMmmA4tTaPxo/GgQYpNtOpDn0NACbTRso+f0NJ8/oaBC7aTbS/P6Gj5/Q0wDbS03c47GgMe4oAfSigMO4oLClcB6k08NioA4FOEvrQBbVuKcGqssg9alD570DJgc04VEKkU0DAmnCmtSA0hj6Q0uaTNADTUbDvUhpjdKYiM+1LGxXg/WlIyMjr6UjjKhx+NMlj5Mb8joaYeVZT0pykPEVPUc00E96BFdu1TQf6wH2qFh19qkjPKn0NAF09c0opO1FMQ6lpuaXNABSUtNoAKKKKQAKdTaWmAtFFJmgBaTNFNoAdRmm0ZoAdmlptLQAtFJRQAtJRRQAUUUUAFNp1FADaKU0ygB1FNpaAFpKWigBKSlxRigBKWlxRSAKKXFFMBtFOpKAClpKWgBaSiigBKKKSgApKKKACijFLigAopaMUAJRS4ooAKWkpaACikooAKKSkzQA6im5pQaAFpaKKACkpaWgAopKWgApKKSgApKWigBKWiloAKKKM0AJSUuaTNACUtFLQAYopaKAG0hp1JigBtFLikpALmlptLTAWiiigApO9FJQA6ilNJigBtOFGKKAFopKM0AOzRmm5ozQA+imZp2aACijNJQAUtJQKAHUUlGaAFptLRQAlFFJQAUUUtADTSilxRSAWlpKSmA7NLTM0oNADqKTNGaAFpKKKAENNp1IaAG0opKUUAOpaaKdQAoooooAKKSkoAXNFJRQAtLSUtABRRSUAJRS0UANpaMUUAFLSUUALRSUtABS0lFAC06m0ZoAdSZpuaM0ALmjNJRQAZozSUlADqWmilzQAtFFFABRSUtABRRSGgApKKKACiiigAopKKAFopKWgBaWkpaACiiigApKKKAEooooAKSlooAaaSn0mKQDaKXFGKBiUUtOxQAgpaMUtMQh6VHIQOfwqU9Kruc8+9ADOpNITxQvFI1ADSaaelLSGkMSrtkOQapd6v2f3SfagCvfnpWdV/UD8wHtVEUACUrUisBTurCgCxENqj3p5amEY6U05pDHE4pwIpin1peBQMl344ppfHU1E0gFNGW5agB5cn7tKA5HJpPMVOMUxpCaAuS/L/E1JlPWofem7vamItApRhGqJI3ZdwHFIdy9RQBIYxTChFJ5hp/mZ60hjORQHp3BppWgB45oNRAkU7caQxelGeaKKYEqHNDordaavFPBoEQOvl/SpYpyP4s06Rd0Zql0piNQTAjkUF1x1rLDsvQ1IJ270Bc0VI9aUketUPNBHpSeYaTKuWJOKgLUxnNRlzQJsmzmjAqAMelTg7V96BBhj6ClCL3Ymmbs08UwsPCR+lLgDsKbmlzSGSrtxQcdqjzS7qQx4HqTTvlqMNSg0BYCp7HFNw396n5oxTuFiPD/AN6lAb1FPxRii4WEx64/Kmso/ug07BpOaQWIykfdD+FN8pD0Yj61IaZg0ybDDC38LA0mJE6g1IKeCaAGJOR3qwlx6ioyqsOlRPCwOVNAF0So3enVm73XrTluCKLD5jTFNIqml4R3/OpkuVeiw7k1ManhgehpDSAizS8bTR0OaYeGyOlMljUfy2zTiwV/UU1uaQ9B696YgIzIRQRtAo5DA0/+6exoAsqcgH2p1Rxn5afQIWikpaYC0UlLQAYoxS0tADaKWkoAKSlpKACiiigBKKXFGKQBRS0UwCiiigBKKKWgAooooAKSlpKAEpKWigBKWigUALRS0lABRS0lABRSUUALRSZpaACjFFLQAlFLSUAJRRRQAlJS0lABRRRQAtLSUtAC0tJS0AFJTqMUANpKcRSYoASiikoADTaU0lABSiiloAWigUtAAKWiigApKKQmgBc0lNzS5oAWlpBS0AFFFJQAtNNLTaACiiigAzRmkooAfS0zNOFAC0YopaAGkUmKfSGgBuKKWkoAKKKKAENJS0UAPpKKKACiiigBKSlooASiiigApaSlFAC0lLmkoAKKMUYoAXNFJRQA6ikpaADFGKWigBKKWigBtFLRQAlFJSUAOpKKKAFzRmkpCaAHZozTM0tADs0UlGaAClpKUUALS0lLQAUUUtACUUtFACUUUUAJRRRQAtFJRQAtFFKKACkpaKAG0UUUAFLRRQAlFFFABRRRQAUlLRSASilpKYCUUUlAC0tJS0ALmjNJRQAuaM0lFAC0UUUAFFFFABRRRQAlFLRQAUUUtABRRRQAUUlFAC0UUtACUYpaKAEpaKWgBuKMU6igBuKMU6igBuKKWigBKKWigBjtgH1NVjnpUrHLVF1OfWgAPSmmnHpTDQMbSGigmkAg61owYEJ+lZwNTi4wuM0ARX5zJVVasygSEktVcpg8GgCKpY+WWmEZqSL74oAkZiGNAkoZssaT8KQx/BqNnopKAGdTmjJqTy6eI8UwIOakRfWpvLpdlIdiORfl4qHbVooTTDDTE0NSaRF2g8UjTM9PMPFM8kigViMkt1pVBJxTxHT0Xac0hkfKU4MDTpOe1Q7SDxQMlK5pBkU0MRUoINAxmM9Kcop2zvShTSGGKei5pMVIgwKAsDDCms49TWhMcRms3NNEMQ0CiimIWlBptFAx5OabikzTs0AOQc0pOaVOhpMc0gFApwpBS59qBi0uQKYSabyaBji9G89hQEp4WgQzLU4F6f8AKOtNLrQAB29KcJPUUwyik8zNFguThwe9PBFVCwoEhHQ0rD5i5gUhWoFm9alVs0DArTGFS03FAEeKSnnimE0xDl4qRc1EuTUqnIoASaMOvpVHkEg1oSDMZx2qnOPmDetNEsjpM4paQ0CJIZGEg5rUGMdetZEf3xWiq5Gc9KB3HvURYEj1p+8Hg1GwIagB2Mqw/EVFvyOnNSKeR71C3yt7UCHIfn5p4HHTj0qLo4qwBkc0APizyD61JTI+RUlABS0UtMQUUtFABS02jNADqSiigBKKWigBKKWkoAWikpaACiiigBKSlpKAFooooAWiiigBKSlpKAEopaKACiikoAWikozQAtFJmigBaaaWkoAKWkooAWlzTaM0AOzRTaWgBaSloxQA2kp+KTFADaWlxRQAYpaKKAClFJRQA6ikpaACkoooAaaSnUYoAbRinYpKAExRinUUAJS0UUAFFFFACUhpaQ0AJRRS0DAU6kxS4oEFFLSUANpDTjSUANpcU7FLigBmKKdikxSASnCkpaYDqKSigB1JRRQAmKKWkoASkp1JQAlFLRQAUUUlAC0UlLQAUlLRQAmKSnUlACUUUUAKKWkpaAFooooASkp1NoAWikooAdS02loAWiiigBDTM0402gAoopaQBRS0UwG0hp1JQAlFLilxQAlFLilAoATFOFFFABS0UUAFFJS0AFFFFABRRRQAlFFLQAlFLRQAtFNpaAFooooAMUYoooAMUUUUAJSUtFABRSUtACUUtJQAUGikzQAUlFFABTqKKACiiigBKKWkoAWikpwFABijFLRQAlFLSUAFFFFABS0UUAJRS0UANopaKAFFFFFABRS0UAJS0lFAC0UlLQAtJRmigApKXNJQAUjdKWmueKAK7HA69ajXgZJ4pZPv+1RzELHjNAD1lR+AeaaxqC3G+TgYAq2YvlzmkMgNNLCnODmm7aBiFiaSnbaXaaQxlGKdtNG00ARsveiH/WCnMp20yL/WimIlJ5NJzT2XDGgUhkZB9KQVNRgGgBEqVajCY6VIvSgaHgUbaSlBpDFxRtpc0ZoCwbaQrTs0hNAWGbKTbin5ptAWGYHpSFadmm7hQOwm2jZS7qN1ArChT61Jjiog2KfuzwKAHY4pw6UdqUCkMguziPFUKuXjcgVHbReZJ7VZn1Eit2erKWQ71cSMKMU/FIpIp/YlphsfSr+KWkOxjSWzKelQ4wcGt0oD2rPvYAPnApktFeLmn7KZF97FTihgiPYRQc1KeaYVNIY3bRkCkKNSeW1MBTIKTcW6UCLmnqu00CI2VgMmmYNWGyy4qLYaYmG9cYKCmlgTwKUo1N2kdqBDeaBTtp9KVV5oAbzT1kI6UMKj6UhltJqmDbhxWfuqWOUilYpMsstQOMVKh3U5kGMmgCBSaerHOKYQfwp6kCmBYA+T61UmH7pT+FTbyeBUUv8AqR9aESyFQO9NaikNMQR/fFaacRE1mR/fFaY4h/GgCs5+Y05XNMb7xpKAJ85NRy80A4p3Ue9ADF5xmpkPy881DznFSqcE0AWIcbe9SVHBgg1NimISloooASkp1NoATNGaKSkA7NLTKcKYDqKTNFACZooptADqWm0uaAHUlFFABSUtJQAUZpKKAFzRSUZoAWim5paAFpaSloAQ0lOpDQAlJRSUALS0lLQAlFFFABSUUUAJRQRRQAtOpBTqQwFLQKWmISilpKACilooAbSU6koASjNFNoAdmlzTM0ZoAfmim5paAFpaSloAKSlooASlopKAFpKKKACiiigBDSUuKMUAJS0tFAAKWkooAWikpaAEopaSgBaXFFFABimmnUhoAZQKWigBaKKKACiiloASiiigBKWkooAKWkooAKSlpuaAFozTc0ooAWikooAWiiigApKdRQAlLSUZoAdRmm5ooAWlptGaACiiigBaWkpaACikooAKbRSigAFLRS0AJRTjSUAJRilooAMUYpaKAEpaKSgAooooAKM0UlAC0UlLQAtFJS0ALSUtFACUUtFABSUtFADaWiigAooooAWiiigAopKM0ABooooASlopKAFpKKKAEpKdRikA2lopcUwClpKKAFooooASjFLRQAUtJS0AFLRRQAlJS0UAJS0UUAFLRRQAlFFJQAUUmaKAFopKWgBaKSloAKKKKACikooAWim0UALQDSUUALSNytFFAFRxlyD6VXl/1eDVqb730NQlPM4HegZJYxYi3nqxqwyjvTlQJF7CmHgZoERFMnJpNlPHPNOAqSkRbBRsqUijHFIoi203bU2KaRQMhZflNVl4cfWruw1TlXZLTRLLJTnJpMZ6VIvzqtOCjtSGQmMmjyiO9WMUYoHYrfMKA/4VYwPSmNEDQFhu70NLmoym00nmY60DJd1O31B5i0eYKAJ99NL1D5gpNxoC5Lvppb1qP8aXHFAri76TOaQLS7DQAUuaNtKF9KAEBNTomOaRI+5FS4oASl6CnYqK4fZGaEDKUzb5TitGziCRj1rPtkMkua10GBTZKH4oxR0petIoSkp2KCKBidaiuEyhBqYDFRy80CMYfLL+NWKiuF2S1MvKg02SiPfzTt9Dp3pnPpSGSBqXiowfWngg0DHUYpOlODUBYNtLtpc0bh0NAWG7KTZ7VKKdRcViDy/ajy/apqKLjsQGIelMMIqwRSbaAsVGh71FtINXyARUDQ5NMlojWQrU6vkc1XK4OKUK1AJljeDxijy1NQjdTiz4pDJwqqODUE/+qH1pPMYdaLg/IlNEsgpDRmkzTELH/rBWk3EQrPhUmQVoS8Rge1AFY9aQUUooAWnCkpwoAUrnnuKRuAcd6eOtIQOn40AT25zg+1WKp2xw209jVymIKSlpKACmmnU2gBDSUpppoAM0uabRmkA7NLmmZpc0wFJpM0lFAC0tJS0DHClptOoEJRS0lACUlKaQ0AJmiikoAKdTaUUDHCnU0U6gQUhpaSgBpopaSgBaKKKACiiigBKKKSgAoxRRQAopwpBS0AOopKKAFopuaTNADqKSigApKWigBKTFOoxQA2kp2KMUANpaXFGKAFpaSloAKKWkoASilooASiiigBaKWigBKSnUlACUUUUALSUZpM0AFApKWgB1FNpaAHUU2jNADjTaM0UAJS0UUAFFLRQAUUUUAJRS0hoAaaTNKabQA6gUlL3oAQ00mnE0w0AFOpmaUUAOpaQUtABSigUtABRRRQAhptOpKAEpaKUCgAopaKAEpaSlFAC0UCloAbSU40lADacKTFOxSAKWgUtMApKWkoASlpKWgApaSloASkpaSgApKKWgBKWiigAooooAWiiigBaKKKACikzRmgBaKSloAKSiigAooooAKTNFFABRSUtABS0lLQAUtJS0AGKMUUtADcUU6koASkpTTaAA0UlLQAtLSUooAWiikzQAUUmaM0ALmjNNpRQA6iiloAKKKKACikooAQ0lFJQAUUUUAFFGKKAFozSUUAOzRTc0tAC0tJRQAUlOpMUAJRRS4pAJS0YpfamBBMu4/WiCPB9h0p0nv0FPi9TQAkh7Z4FNP+r+tMdueae33BQMjUVJ2pq0+pKQlFLRSKGmkxT8UmKAGHgVXuI/4qthaZKu5CKAIoOY8VL0qrDJsbBq12yKBJhSUdBQFJpFC/Sl204Lig9aBjCgqNoQanxmgimBTMFJ5VW8UFKBWKnl+lL5frVjZQY6AsQbQOgo2nrU3l0vl0BYg2ilC1Y8ulC0AQBC3WpVjA7VIBiigBoxS4o70tADTVG6fe+0VauJNin1qvaR+ZJuPSmQ9Sxaw7EBPWrYpoGKXNBSQ+lFJSgUDClFFFAAahepWqJ6BGfer0ai3O5MVYnTfGRVK3bbJigl7lplqNkqfqKTFIqxUKEUdOtW2TIqFo6BEYPvTwaYUpPmFA7kmT60u71qIMe9O30Bck57Gl3EdaYCKXmgdx++l31Fz6UnzUAS7xSGQUzYxp4iHc0CE3jtSYdvapPlWkLgUCI/JHekMY7E0NLQGzQA3Z70nIp5ppOaYhAcmkuuqj2pyrlhTLk5lPtTEyJV3GpdopsfAp+aAAfJyKe025cGmZpDzSAXNKKj5FKGpiJRTxUYNSLQA8Uk3ABFKKSblaAHJ99T61czxVJD8oPoasq2VpiJM0lJmjNAC0lGaSgApppTTaAEpKdijFIBKWlxRigBMUuKXFLigBKWjFKKYBRS0UAJRS0lACUlLSUAJSU6kxQAmKWlxRQAopaSloAWkoooASkp1JQAlLRRQAUUUUAFFLRQA2kp1JQAZpc02loAWikooAWkpaSgBaWkpRQAUtFFABRRRQAYoxS0UANxRTqSgBKWkpaACloooASkpaSgApaSigB1LTc0uaAFpKKKAEpKWkoAbRS0UAJS0lFAC0tJRQAUUUlAC0UlFAC0tJRQAtFJRQAtFJS0AFJS0UANptOpDQAUtJThQBGabinmjFADMU4ClxSgUAAFLRTqAG0tLSUAFFJRQAUUUUALS0lFAC0lFFABiloooAWlpKKAA0lFFABS0UUALRSUtAC0lJmjNABRSUUALRSUUAFFFFACUUGigAozSGkoAdS02lFADqWkFLQAlJS0lABRmkpKAHZoptOoAKWiigApKdSUAJRS0UAJRRQaAClptLQAtLTc0ZoAWlzTM0tADs0UlJQAGkNLSUANpaKKAHCnU0UtAC0lLRQA2kp2KTFACUopKWkAtLSUtMBaSlpKACkoooAKKKSgBaMUUUAGKSlooASkpaSgBKWkopDHUtNpRTEOooooAKKCQO9Rl857AUDQ4tjvTGkx9KjYjHFM2FhkmkOw4uWx7mrIOFb6VAoHmL7Cpv60xMhk5IxSk849aVR1z2qNzh1pAPSpMUxafSKQUlL3opFBRjminAZoASmN6VIcdKNvrQBm3ELId46UsE+ODV8qH4xxVeWzDHKcGmS0PXa/Q1IBVHbNCeRUyXWOtAXLW2jbTFuEPtUgdTSKuGKQjin8UmKB3GBaUrTqTrQAm2kIp1FAxmKUClpaAExSUtGKBDc0UpWkNACGms+1c015VWqzuZDj9KZLYxy08u0VoQReWgFNtoBGMnqasUAkJil204UtBQCnUlLQAUGiigBhpje9SEU3FAERWsu4Ty5s9q1yKr3UPmIcdRQSyOFt6ZqQCqVtJsfY1XwKTBMKTAp2KMUFETRiojGR2q1ijZmgCptFN2Zq0YhTfLoFYrGNu1KN47VY2UbTQFiAb/7tOw/pUop1IdiMI5704Repp+RSc0DG+WvpRsT0p26mk0xWI2iQ9qiIKnFTE0xuRQKwykZe4pcGlFAgh7t6VWY7nPvVqT5IT71WjHzZqiR2MUU/FGKQxlLTsUmKAENNNPxTSO9MQivipkcGoMZ6Uq5FAi4KaxyDVWSV87Ogp8TfLg0AWI+VzVhD1+tV1OIxmrCD9RQA6ilxQBQAUUtFMQ3FJin0lACYoxS0uKAExS0uKKACjFFLQAmKXFLRQAlFLRQA2kp1NNABSUUUAFLiiloATFJinUlACUtFJQAtFJSUALmkoooAKKKWgBKWkpaAFopM0tACUUtFADaKdRigBMUYpaXFACYoxTqKAExRS0UAFJRRQAUUlFAC0UUlAC5pKKKACikpaADNGaSigBaSiigAooooAXNGaSkoAfmim5ozQA6kopKACkpaSgAooooAKKKSgB1FJRQAtJS0lABRRRQAtFFLQAlFLSGgAzRTaWgApKKM0AFKKSloAbS0UtABRS0lAC0tNzRQA6mmjNJQAUtJRQAZozRRQAZozSUtAC0tNzSg0AOooFLQAUmaDSUAFLmkopALRRRTAKKSigYtGaSkoELRSUlADqAaSloAWilooASkpaSgBtFOxRikAmKUUuKUCmAooopaAENNp1JQA2kp1FACYpaWigApaKSgBRRRSZoAKKKWgBKSlooAbRS0UAJSGnU2gBKXNFJikMdmlpoFOpiCkpaKAG0UtJQAtOptLSAWlpKWmAUlLSUAFJS0UAFFFFAC0U2lzQAtJRmkoAKKQmkzQA/NFNzS0AOopKKAA0lFFACUlOooAKWkpaAFFBopaAI25qE/KcVO3BqrI2OBUtmkVca0m2nRSBgfaocZqSNMD60rlNEyfeFSdKjCkAYolbCg+pqkZscOQahznk9RUme/Y1Gc5IoEiVOakqKOpQKRQtJS0lIYd6fnApoFOxQAijuaU88UtGKYCBcCinUlAhCAaikt437flU9IaBlBrNl+41RkTp2zWiaYRRcdkUhdOvUGpFvR3qZlB7VE0KH+EUXDlJEuFan+aB3qr9nXtkUhgJ6OaVwsy35yn+IUvmL6iqP2d+z0nkyf36egveL/AJi+oo8xfUVQ8qX+9T/Lf+9RoPUuGVB3phuEHeq3ksf46QWvPLmgWpO12vaoGuGbpTxbIPel2qvQUXCzKxLE1btIcfM3WmBMtVqNcCgdrElLSU4UALS0lLQMWlptLQMKWiigQU00+mtQAw000E03NICheQ7W3rU1tKHTHcVJMm9CKocxt6EUyGjTFGKqxXQPDVaDBuhpFJiU4dKKKBhjijFGaUGgBNtNK08migCPbQVqTFApDIdtLg1Lt5oIphcgK5ppXFWCuajIpBcgNM6VOVppSmSyMClCbjUgSmSyKi8UxMguWywUUqRYUUkCea5c1Z24oYJEG3FGKmKUwikMZto21JtpdtArEJWmAEtirDLUYX5xTJYscYMeacUAjIx0NSj5YXFNflGz3FMRUuUACt60kXSpJYmkQFe1JGMELjmgCyACE9hmrA+6tRw85qUelMQtFAooAKWiloASiiigBKWkozQA6kpKM0AOopM0UALRRRQAtJRRQAUlFFACUYopaADFLSUtABSUtJQAlJS0lACUlLSUAFLSU6gYUUtFAhKbTjTaACnCmUooAfRSUtAC0tJRQAuKKKKACiiigAoopM0AFJS0UAJRS0lAC0UlLQAUlLRQAlFLSUAFJRS0AJRS0tACYopaQ0ANpKWkoAKWkpRQMWiiigQlJS0lABRRS4oASilxSYoAWiiigAopaKAEpaSigB1FJRQAUlGaQ0AJmikpaQwopaMUwG5pwNJigUCHUtJS0AFJTqSgBtFKaSgApaKKAClxRRQAU00+mmgBKSlxRigBKXFFLQAopaQUtABSUUUAFLTaWgBaKKKACkpaKAEpKdSGgBtApaWgAFLSUtABRRSUAFFFFAC0tJRQAtLSUUALRSUZoAWim5ozQAtFJmjNADqKSloAKSlptABmkJopKAFBpc02lFADqKSnUAJSU6igBtFLijFADaMU7FGKAEpaKWgBKSlpKACiiigApaBS0AJSU6koASjNFFIBaKKWmAlJTqQ0AJRRSUALRSUtACUlOooATFLS0UAFFLSUAFFFFACUUtFACYpaKKAClpKKAEbvVOXrVxuhqpJy1RI2gNVatKnygVAg5q2ooQSGgcVFIPlI/GpyKjdeOlMhkKt8vPSgnOSD1puCh2mkzjimSTx8cYqWoY+lTUigpKWikMcOlFApaACl7UlFMAopaTrQAtFFFACYppFPooGR4phFS4pCtIZDtpCtS4ppFA7keKaakxTTSGMzSA5p23NKFxQAgpaKMUCEzSqhanImTVhUAqhXGJEFqQCndKSgQUtJmlzTAXFFLmkpDFopKM0hiilpopwNMQtRtT802gREaTFPNJikMYRVS4i5zV4imOmRQBm7KcHZOhqSSMq1NxSHoKt2w61Kt4h68VAUB7UwwrTTJcexeE8bfxCnbh2IrN8kjo1G2Rehp6C1NPNODVliSZfWl+0zD1oC7NPNLn3rNF5L6UpvH9KAuaWRRxWb9sf0pDeSUBc06Q1lm6lPrS+ZM3rQF2XnKA8sBUTzxr3zVbyZXqRLLP3mo0FqI1xu4FNELzEZ4FW47eNOQtS4HakOxEkQRAB2pcU+kxzSKI8UwrUuKQjNADFHFOxSAYpwoAaRUJ+9U7VB/FVIhkz/AOpNGR5YzTZDhAB3prn5NvvTJHx7Tlc4PSgQOXyzA/Smt8pXH41MFJww7UAPRdoxinUgajPtQVYWg0CiglqwZpc0lFMQUUUlABRRSUALRSZooAWlzTaKAHZozTM0ZoAfmimZpc0APzSU3NGaAHUUlLQAtFJS0AFFFFACUlOppoAaaKKKBhThTaWgQ6ikooAKQ0tJQA3FKKWigBRSikooAdSUUUALRSUUALRRRQAUlFLQAUUUUAFJS0UAFFFFABRRRQAUlFGaACikzRQAtLSUtABRRRQA00lOoxQAzFKBTsUUAFJS0tADKQ07FJQAlOzTTRQA6ikooAWlxSCnUAJSUtFADTRS0hoATNGaSigAzRSUUAFOpBS0AFLRS0AJiilpKAEAp9IKcKADFGKWigBuKaaeaaaAG0UUUALS02loAdSUUUAFNpaKACilooABS0lIaAFzSZpKKAFpaSigB1FJRQAuaKSigBaQ0tFACUUUUAApaQUtABSUtGKAEopcUYoASlpaKACkzRSGgAzSZpKTNADs0ZptFAC5ozSUtIY4U6minCmIWkNLRQAyinUlADaUUUtABS0lFADqKSigBaKKKACiimk0ALRmm5ozQAtJRRQAUopKKAHClpuaWgBaSlooASkpaKAClpKTNADqSkzRmgAooooAMUtFFABRS0UAFLSUtABRRSGgApKDSUALRSUtABRS0UAJS0UUAMaqr/fq21VpBg5qGbQHxDLCrIqCAdTVigT3A00jjFOpOppiK8y45A+tRZBq0+MVVKZPHUUXFYkjABqaoI8hgKnoEJQOtLQOtIoWlpCeKAaAFozTc80tMB3alpo6UUgHUtNzRmmMWiikpALTTS0lADaaacabQMaabTzTDQMMUUlOxQAmM0uKWlpiJIxgU/OKjDYFMeXFICYtSbqqNcAU37WtMRc3UbqgWVX6Gn5oAlDUu6oc0bqQybfSb6h3U0tQBY30eZVbfRvoGWS9JvqtupwagViwDThUCtTw1AElJigNS5oAhkTdVVlwcVeNV5R82aAIcUVJikxQMZto21JilApDuR+XSeVU4FOC0BcreSKXyBVrbS7RRYVyr5A9KTyKubaNoosFyl5NOCVZ2g0hSgLjFFSikAxTxTJG0dKdTSKAEpDS0UDGUlPNMNIBMU4CkpaBDHFVyecVPIe9VS3ze9UiWSsR5mPQU1iTj86TJPI70NxTJJCfumnI7KwxUe7GPegOVOaBot78d6j84etVpGL89BUfSpNEjQV81IDmqUTmrSHNCYSWg+looqzESkp1JQA2kp+KTFADaKdijFADaKXFLigBtFOxSYpAJiinYpKACkpaSmAZozSUUgHA06mCnUwHUUlLQAlFFJQAlGKWloAbijFOxRQAlFLSUALRRRQA2ilooAKKKKAFopKWgAoopaAEpaKKACilooASloooASilpKACiiigApKKKAENJS0lACUtJRSAdS02lFMB1FFFABRilooASiiigAopKKACkpaKAG0lKaQ0AFFNpRSAfS02lpgLRRRQAlJTqMUAMxSU/FNxSAbS0uKXFAxAKWlopiCiikoAWiiigApwopRQAUUU0mgApDRmm0AFFFLigApaMUtACUUUtACUUtJQAUlLSUAFIaU0lAwoopaQBS0tFMQYooooAKKKSgBaWkpaAEpKWkoAKWm0tADqKTNGaAFpabmloAWmmlzSE0AJSUhpM0AKabS0YoGFFFOoEJiloooAcKWmZp1ADqKSigApKWigBKKKKAEopaKACiiigBaTNFJQAuaSikoAKKKKAFpaSloAKSlpKAClFJRQA6lpmaWgB1FJRQAlFFFACUlLSUgFpaSloAKWiimAtFFFAC0lLSUAFFFJQAlFFFABS0UUALRRRmgAopKKAEPWoJasdailHFSzWAtuflqcVVtf4qs9qQ3uLTWIAprNioXc0CSFkkqFXy4zSMSaYq81JdtC4BzT6ZHytPqzISlFFJSGKTRTaXPFAxaWm0tAhc0tNpaAClFJRmgY6kzSUlAC5opuaM0DFzTaKYzUAKTTCc0hahaBjgKdijFKBQIMUEUtFMCNmxVeRjVllzUDx4pDK7AmoylWdtGzNAmiqpZDwauRXG7ANMMNM8k5zTJtYu5pM1HGxxg9acTSKFJpuaTNJmgANGaQmo2lAoFclzRu96qNM1RmRj3p2FzGh5gHenCWs3cx705S3rSsPmNMS08S1mBmHepUlPeiwy/vqORs1CshNSAE0DFFOxSYpaYBiilzSUgFBp4qOlDYoAkFOpgOacOKBDqSiigAxRRSZoAXFIKKKAFo7UmaM5oEN70UEc0goAKaacabQAlFFL2oAgn+7VdVwc1Yl296h25bO7imiGLu7Cmk5akJ+Y4pUXIpgKBk5p+3cfpSrGdvNTKvFK5SRFs4qAjmrxXiqjD5jUloI+tW4u1VI+tW4RyKEEtieilpK0MBKKWigBuKWlooASilooASjFLRQAmKMUtFADaMUtFADcUmKdSGgBtFKRSYoAKcKbiloAdS0lLQAlJS0lACU6kooAWikzRQAtJRRQAlLSUUALSUtFABRRS0AFFFFAC0UUtACUUUUALRSUUALRRSUAFJRSUAGaM0lFAC0tJS0AFJTsUUAMxRinUUANpaMUUALRTaM0AOzRmm5pc0ALRSZpM0AOpKTNLQAtFFFACUhFOooAZijFOxRQAlLQKWgAoopaACiiloAbRilooAbRS4ooAKKWigBKSlpKACiijvQA6ikNFABSUGmk0ALRSUtIBaWiimAtJS0lABRRRQAUuKKWgBtFLSUAJSU6m0AFLTacKAFooooAKWkpaAEopaKAEoopKAFpDRSGgBM0tJilpDCilopiClpKWgBKbmlNNNAATTaWgCkAopaAKWmAmKWiloASiloxQAlLS4opDCkpaMUxBRRRQAUUUUAFFLRQAlJTqSgBKKXFGKAEopcUuKAG4opaKAEoopKAFopM0UALSUtFABS0CigBaKSnUAFJS0lACYoxS0UAJRRRQAtFJRmgBaM03NGaAH5pKSloAKKWigBKKWigBKKKKACkoooAKKKKQAKSQfLTqG6UmaQI4BhT9akNNQfLSmkUxjVEwqU00ikBEVpyLzTsVJGvIpg2PC7UpKkb7tR0yApKU03pSGJS0h5pelAxRS0gooEFLmmE0maBkmaXNMFBNACk0mabmloGFJRTS1ADi2KiZqazUgGeaBjlqVRTBUi0ybjhTqTtSdqACkpaSmFwpCoNLSUBcYUpu2paaRSC42k4oPFJ1FArje9DUuKT2oAZmkzQRTaB3EkY9KiANSmkoJGFaTZUtFAEQWnbafijFAxuKcq5pyx5qdI8UDEjTAqUUoFGKAClxQKdQMZSGnkCm4pAJmlph4pQc0DHqafuqKnA0ASA0ZpmeadmgQbqXNNpM0hjs0uaZS96BC5pR0pueaWgQtN70tJTAKaacaaaBDaWiloGQSjJqMgelTkc5phWgkh2+lTRR/KM0qqM5qdI8LTCwgXtT9vNCrg0+kUNI4qjIPnI96vdqoyffakOIsa1biFV4xxVmPpREJ7D6KKStDEWikooAWikpaACikzSZoAWikooAWikooAWiikoAKKKWgBMUlOpDQAlFFFAC0tJS0AJRS0lACGkpaKAEpaKWgBKWlpKAEoxS0UAFFFFABRRRQAlLSUmaAHUuaZmloAdmikooAWikooAKKKKAEpKdRQA2lpcUUAAFOpKWgAooooAKTFLRQAlJTqSgBtJSmkoASjNJSUgHZopKWgApaKKYDqKKKACiiloASiiigAxRRRQAUuaSigBaKKKAClptGaAHUlJmigAooooAKSiigBKKWigBaSiloAbSU6ikMSlopRTEFFLSUAFJS0UAJS0UUALRmkooAWkoooAKaaU000AJS5ptApAOzThTQKcKYC0tFAoAWkpaSgBKKWkoASilxS0AJikxTqKAExRS0UAJSU7FJigBppMU7FJSAbSijFLimAtFFLQAUYoooAXFGKWloAbijFOooAbiilpDQAlFFLQAlFFFABS0lFAC0UUUAFLSUUAKKKKKACkpaKAGGkp5FJigBlLS0UAFFLRQAlLRiloAKKKKACikpM0ALRmkooAWikooAKKWkoASilxRikAtLSUUwHUUUUAFFJRQAtJRS0ANop1FACYoxS0UAFN7U6m96TKiwQcUGlFIxpGg2kxRS0gACpEGKaKfQSDnim0rdKbTEHekxS0lIYlLRSUDFoNFITQAxqcKbnJp9ACUdqWkNACU3OaGPak6CkMU8VEzUrNUXJNMBQCTUoFIgqXFMVxBSilHvRTELmijFJQIdRmjtSUAGaaTTjxTTQAUlLRQAhxim07FNPFACd6YynNPpDzQBC2aYanIpNgpAQc0oqXaKMUAMApdtPC0baAGhacFFOHFOGKAFC8U7oKToKTrQMfmjNJRQA8A0UmeKMigYuaSkzSFqAA81H0NPzTTzSGPBzRUamn9aBjs0uajB9adQBJ2phpc0jUhADTgeajzQTQMfmlFMB4p1AhSaKDTc0AONNpc0lAgpaQUtMQ0jAqPIHNTScJVSRs8UAPV8nNWkfgYrOFSo5FIuxoDBpTVWOSpt3FMmwpqjJ/rD9au54qnJ/rjSZUdyVOlWEHy1Eg4qdfu04kzCkpaKsyCilpKACkpaSgBKKKKACilooASinYpMUAJRRSUALRSUtAC0lLRQAlFFFABRRRQAUUUUAFJTqKAEoFLRQAtFFJQAUUUUAFJS0UAJSUtJQAlJTsUmKAEpaKKAFpaSloAKKWigBKKWkoAKKWjFABRRS0AFFFFABRRRQAUUUUAFFFFADTTTTjTaAG0UuKMUhiUUuKXFMQlLRS0AFLSUmaAFozSUUALRRRQAtFFFAC0lFFABRRRQAUUUUAFFJRQAtJRmigBKKdSUAApaSloAbTqYKdQAGmmnU2gABpwNNooAdmikooAdRSUooAWkopDQAZopKKAFpaKKACkIp1FADMUYp1JQAUtJiloAWlptOoAKbS0lABRRS0AFFFJQAtFJRQAtFJS0ALSUtFACUlLRQAmKKWigBtL2oooAKSiigBc0uaZS0APzRmm0tAC0lFFABRRRQAUlOptABRSUUAOopKdQAUlLRQAUUUUAFLSUtACUlLRQA2ilooASilooAKKKWgApKWigBKTFLRQA2ilooAKKKWgBKXFLRQAmKMUtFACUtFFABSUtJQAUUUlAC0tJS0AFFFFAC0lGaTNAC000tFAxAeaDSHg07tUmiZEaVaGFNB5pDJwKXtTValNMkRjxSUGigANFFHakAgNFGOaKBhTTTjSHpSAYPvVJTE+9UlMGNprdKeajakA1Vyc0rECndBULmgZGxyacgpq+tSqKoQ4DHSlzSYpaYhaUUlJu5oEOJxRSUvB6UAJzTsUdKcOlADcUU6igBmKKfikK0ANpppxFNINACY4pnen7TSMKAG0lGaKAG0oNGKXbmgAp2KQKadtNADSKAOc1JtoK4pAJ1oxS9KM0wAUtIaBQMKMUd6CaACkx60uc0HFIY3pSUH1oz6UCGnrTweKY1IppFD29aUNQORTOhxSGSZoJ4puaKAFpC1B6U00CHrT81EDT6AHZwKbS0negQtKKSnUAFKOtAo70xBKMxmqhHFXG+4agIFAEG2lAp5WkxSKQ5amQ1EKkWgZKKrSD98asConH76gFuOXpU1RgcipKpGcxaWm0ZqiB1JRmigAptLSUAFFFLQACloooAKKWkoASkNOppoASlFJS0gFooopgFJilooASilpKACiiigApaSigBaKSigBaKSigBaKSloAKSlooASiiigApKWkoASloooAWlpKWgApaKKACkpaKAEoopKAFopM0ZoAdRTadQAUUUlAC0ZpKSgBc0UmaTNACmkopKAClopaAEopaKAEoopDQAhpM0ppKAClpKUUhjqWkpaYgopaKAEpaSigApabS0AFJS0UANopaSgApabmlzQAtFJmjNAC0ZppNJmgB1JmiigApM0UUDDNOpAKWgQUUtJQAtLTaCaAFzRTc0tAC0UlOoAKKKKAFopKKACiiigApDS0lABS0lFAC5opuaM0ALS03NLQAtJRSUALRSUtAC0tNpaAHUlFFABRRRQAUUUUAFJS0UAJSU6kxQA2ilxRigAozRRQAtFFLQAUUUUALTTS0hoASiiigBRTqbS0ALRRRQAUUUUAFLSUtABRRRQAlFFFACUUtJQAtFFJQAtJSUUAFLSUtABRRS0AJS0UUAFFFFABRRSUALRRSUALRSZozQAUlFFABS0UUALmm0UUAFFFFIApaKKYCHpSjkUlNzg0mVEcUpm3JqUNkUACkXcVY8CkYVKOlNPNAkQd6dSsMU2kAUuaSigBc0UlLSGJmmmnGmkUAIn3jUmKjj+8alNMTEPSmKMtmnHmnYAFAyJ+KrSHmrMlVfvPQMcoNSdKQCnYpkCg0E03OKM0wFooxTgKAACngUAUuKQCYpaWjNABSYpdwpN4oHYWim7xSeYKB2HEUYpu8UbxQOw7FNIyaN4NKMUCsM8vNBjGKlooCxDsxRtqSjigVhABS4xRTsigLDNuaCDUmRSUARlaaRUtGKAIulHSn4phFACGkpcUUAN6GjdSkUmKADqeaQinkUmOKAGGm96eaZQMkFNenJSkcUhjFNOqMHBxTxSGBpjdakqM8tQIcvAp9IORT9tABSYpxFFAgApaKBQAo6UtJRTEKfumo9tSUhWgCIim4qQim4oKQgp60gFPUUhjhUZ5kqSox1NMRIOtOpE6ZpapGb3CiiigkKWkopgLRSCloAKSnUlABS0lFAC0tNpaACkpaSgBKWkooAdRTaXNAC0UlLQAUlLRQAlFLRQAlFLSUAJRS0lACUUUlADqKbThQAtFJS0AJSUtJQAUUlFAC0UlFAC0ZopKAHZozTaM0APzRTc0UALSZopKACiiikA6lptLTAXNJmkpKAHZpKSkoGLRSUtIApaSlpgLS02lzQIWiikoAKSlooAZRinYoxQA2lApcUuKAEpaKKAFpKKKACikooAKKKSgBc0ZpKKACkpaSgBDSUppKAHZpKSigAoopKAHmm06jFACUooxTsUALRSUtABTTTqYaACkNFIaAClptOFADhThTRS0ALRRS0AJRS0UAJRRRQAUUUUAJTadSUAJRS4oxQAlLRiloAKMUtFACYop1JQAUtJmigBaKSnUAJRS0UAJRS0lABS0lFAC0UlFABRiiigBKKKKACjNBpKAHUUlLQAUUUUAJSUtFACUtFLQAUtJS0AFFJmkzQA6ikooAWiikzQAtFJS0AFFFFABSUtJQAlJS0lACZpaMUuKQC0tJS0wCiiloASiiigBKKXFFACUUUUAJRRS0AJRS0tACUUtFACUlOpKAG0tFFABRRSUALTDzSmkpDANtPNOD03APWoyCppFploPxSb+ajQ5FKRzQCHOc0zvSmkpAFLS9qKADtRRR2oGHemmlpppACfeNPqNfvVJTECilNKKQ0AQy1WC/NVpxxUCjBNAxwNO3UykNMQ7GacoFRg0u7AoAkJpQwqAvTTJQFi1voMmKpmam+d70DLfmUbs1T82pFk96B6E+felzUG+jdSGTGm5pnmUb6Bj6Sm76XdQAvIpwdqZk0uaYEnmmjzaj3UhagLEplFM82oyRScUDJvM44pPMNR5oJoESiWnebUAp27FIRPvpd9QbuaXNMLE+6g1BuxSmXikKxLTGpFfIp3WmSxlFKcGkNAC5o5ptOBoEGOKiJ5qQmo265oGPSpMVEnSpgeKkogYYenikk+9Th0oAD0qIDLGpmPy1HGKAHqCKfzQBnrS0CCk706m0AO7UDiiigAozSUUxDlpxpgp1IYxqjpznmm0DFHJqVaYq1MoxzTBjH44pm3JApx5anRjJJpkt2H4pKdSVRmJSU6koAbS0uKKQBS0lLTAKKKKACkpaSgAopKKACkpaSgBKWkooGLS0lFAhaWkooAdRSUUALRRRQAUUUUAJSUtFADaSnUlABS0lFADqKSloASkpaKAG0Yp2KKAG4paWigBKSloxQA2ilxRikAlOpMU6mAlFLRigBKKWigBtFLSUDCiikpAFLRilxTEJS4paXFADcUU6jFADaWlpKACiiigAooooAXFFFFABRRRQAUUtFADaKWkxQAlFLRQAlJRRigAopKXFACUUtFACUlOpMUANxS0uKKAEoxTqMUAFFKaSgApaSigBaWm5ozQAppKKKAGmm07FGKAG04UYpwFAAKdRRQAUtJS0AFFFJQAUUUUAFJS0lABRRRQAUYopwoATFGKdSUAGKKKDQAmaKSigApabmlBoAcKWmZpc0AOpaSigANJRSUAFGaQ0maAHZopuaWgB1FJS0AFJS0lACUtFFABS0lFADqSijNABSUtJQAtFJRQAZozTaKAFopM0maQD80ZptLTAXNFJS0AFOptLQAtFFJQAUlFFABRRS0AFLRRQAUUtFABRRRQAUUUUAFJS0UAJRiiigBKWiigApaSloAKSiigBKSiigAopaKAG0lOxSYpAJSUtFAxKXGRRR0oGhAuDUgpMUopFIRulMqRhxUdIBQaXNNooAXNGaDS0DEFBp1NNIBoPzVJUfen0xDhSmkooAawyKrkYarJqFhQMiNMPWpsUmBmgRFzQQSKdipEHFMCk5YUzJq5LHVVoyKAIec04Cl281KqZxQSIsRZc1NFAWXNWo4xtAqeJABQMpJFlsVY+zjHSpBFiTNTkcUguUBAN2KmEAA6VKq/PUpFFg5ii8QHaojHnoKtTClij7mgq5U8lhTCGFaZTiq0sdAKRSOaOasLFk9KnEAA6UFNmfg0YNXpIBioljycUCTK+GpDuFaKwjFQzRAUCuU95o8yphFuNK9uAKB3IN9KJKaV5phXFAXJGkqPeaac4pKYXJo5DU6vVMNinB6BXLm4UtVlkzS7zmgROabk5pm80u6gCTrSEUinmpcfLSAbGOKmA4piDipKRRFIORSgcUj9RTu1AEch4pUHFJJ2FSIOKAHUUmM06gQ00nSnUhoAKWkpaAA0i80UAHNMEP201zt61ItOdQRzQBUJ5pyg1L5ailUKKB3BV9aHOOKR5AOlMB38mmIKmUYXFMQZOfSn00RJi0lFGaZIUlFFABRRS0AFLRRQAUUUUAJRS0lACUlLSUAFJS0YoATFGKdijFACYopaSgAoopKAFpaSigBaKSigBaSikzQAtFJRQAtFFLQAmKKWigBKKKKAFoxSUooAKKWigBKKWigBMUUtFADcUYp1JQAmKXFLRQAYooooASilooASkxS0tADcUmKdRQAlFFFAC4paBRQAUUUUAJSUtGKAG0UtFABRRRQAUZopKAFpabS0ALS02igB1JSUtABSU6koASkoooAKXFFLQAlJTqSgBKKWkoASkp1JQAlLRS0AKabTjTDQAZozSUUALS0lLQAUlLS0AJRS0tACYpaXFLQAlFLRQAlJS0lABSUUUAFFFFAC0UlLQAlFLRQAUtJRQA6ikpaAEpKWkNADTSUuKMUgEpaKWgBKWilpgFLSUUALSUUUAJSYp1FADaWkpaQxRRRS0xBRRRQAUlLSUAFFFFABRRRQAUlFJQAuaTNJRQAUlLSUgAUtFFMBaKKKADNOpopaQC0tJRTAM0UUUAJRS0UAFLSUtABS0lFAC0ZpM0UALRRSUALRSZpM0ALmjNNzRmgB1FJS0ALS02loAWkoooADSUtFACUUUUALRRS0AJikxTqKAG4pMU+igBmKMU6koAQU6m06pLQdqiqXtUP8AEaBiiik70tIYU4U2lHSkAtIaWigBhp46U3HFA6UxD6TNFJQAGkYU4DikNAyI8Gmmnmm0AIop6imgU8UCFxmoXSrApGXNMoovD3FKvBFWSlNKUCcSZD8tTK3FVASOKekhFBLiy0pyaUmoY5ATTmYY60CsPU81JVWOZS5Wpt3vQAktOQ4FRFwzYFSLQA8moZulSGopTxQCCBe9TVFH92n5oBg/So0TmnZyKdD3oAdjFRTLkVMTUT0AMijxSyr8pqQYApkh+WlYLlRIu5qKdMYq2OBUU4yaY7lMpxURq24wtVcc0AN7UlSFakjgzyaYJDYUJNSmMiplTYOlHWkVYh207GDTwtP25pCGovNS4zSBalUYpDBRgUGlJptADH60dqV6ax4oAYeXqZaiiGWzU+OKAEpOlLmigBM0lFFABRQKDQAlSjAFRU4txTBEoIoZqhDUrPgUAwL1G0lRs9IAWOKAJFy5qXHRRSKNq1JGvGT1NNCbHAYGKKWkqjMQ0UtFACUUUUAFLSUtAC0UlFAC0UmaKACikooAKSlooAKWiigAopaKAEpKWigBtFLRQAlFLRQAlFFFACUlLSGgBM0uaSigB1LTKWgB1FJmjNAC0UlKKAClopaACiiigBaSiigApabRQAtJRSUAGaM0lJmgB+aKZmlzQA6ikzRmgBaM0maTNAC5opKKAFopKKAFpabS0ALS02loAWiikoASilpKACiikNABSUUUAKKKKKACjNFJQA6im0tADqSiigAopKKAFopKKAFooooAKKKM0AIaSlNJQAUtJS0AKaTFLRQA2inYpMUAJS0UtACUtFFABRRRQAtLTc0ZoAdRSUtABTadSUAJRS0lACUUtBoASgUUoFIBRRRS0wG4op1NNABmjNJRQA6ikooAKMUtFACYoxTqKAExRS0UANopaSgApRRRQAUlLRQAmKKKWgBKWkpaAEooooAKKKKACilpKAEopaKAEpKdSUAJSUtJQMKWkozQIWikzRQAtLRSUDFopKKBDqKKKACilooASloooAKSlooASiiigAopKKAFooooAKSnUmKAEpKdijFAxKWkxRQIWikpaAFopuaM0AOzRmm0UALRSZooAdS03NGaAHUUmaTNADs0ZpuaXNAC0UmaKAA0maWkYY5pMaHVE3Wnbqa1IsAKKSlzSAKKKSgY+koopAFA60tJ3pgOpMUoNFBIUGiigZGRTDUhFNI5oGNFPpop9ACilopRTAQimFakpCKYyMrSbakxRigdyPBFByetPpMUAMVQGzUhyaBThjvSBpECko+cZqwJVpppCKBcpLvzTJDxTQKUqCOaBcpIvApc8VFmjdQHKSZ4qu0rK/ympetN8sUByjkm3fe61HPNggA04xrSeUp7UBykqvlainlC4GeTTgMcCo3iDNk9aBcobqikf56m2YpNgoDlK75K4FNSA9TVrZTglA+VFdYuelThQop2KQmgYxjUeTT+vUUAc0hCKCakFIBUgpAKtLRSUABppNGaQ0xAeaY54p1MxuakA+IYFSU0DFLQMKQmjPFNoAWig0UAJRS8U2gBRTtuaROtPpghAoAqGVucVOTUBALc0xEYG6p40xTVKg4qQ8cUDDGW9hUtMAwMU4UzNi0UUtMQlFLRQAlFLRQAlJS000ALmkzTaKAFzS5ptLQAtLSUUAOooooAKKKKAClptGaAFpKM0UAFFFLQAUlLRQAlJS0lADaKdikxQA2inUmKAEpaKKACiiloAKWkp1ABS0lLQAUUlFAC0lFFABRSUUAFFFJQAlJS0YoASijFLikAUtFFMBKSlpKAClpKXFAxaWkpaBCUUtJQAUuaSigB1FNpc0ALRSZooAKKKKAExRS0YoAbS0uKKAEopaKAEopaSgAopKKAFoopKACiiigYtLSUUCFpKKSgAopKBQA6lpKKAFopuacKAFpKWigBtLRRQAtFJRQAlJS0hoAM0tNFOzQAZpc02loAdRSUUAFFFJmgB1JRmigAopKWgB1FIKWgANNp1NNACUUGkzQAtGabmjNAD6KbmjNAD80U3NLmgBc0ZpuaKAHUlFJQAuaTNJRQAuaWm0ZoAdS0gpaACiikoASlFFFABS0UtACUUtIaAG0ZoNNoAfSU3NGaAFpKKWgBKSnYpCKQCUtJRQAtLTRTqYBRRRSGFOFNpaYh2aSiigAooooAKWkpaACkp1FADcUU6igBtLRS0AJRS0tADcUUtFADaKWigBKKWkoASiikoAWkpKWgYmaM0YooELS02igY6jNJRQIWikpaQC0UlLTAdRTaWgBjoeq1H82eRU9B5FKxVyGlopKkpCijNJRQMcDTqjpwpALRRS0xBS0lKKADvRR1ooAQ03FOIpKBiYooxS0AL2oFKKO9MBaKTNGaAClxRRQAm2kK040maBoTFBpd1JuoGJSUE0maBjhQ1ANIxzQAmaKTFLigYA807dTcUoFAg3Yozml20uKBADS0mKXFAhMc0EUtFACYooJppoAGpppaSkAhpKWgCgQ8dKdmminCgBaZ3pTSUgEPFNpTzRTENPFOjXvTDy1TDgUAHakp1NNIYhpO1JmjNAwzRnikooAWiilpiHpyM06mqaXPNACGo3U53CpTTJW2pTEVZR8yyLVxEJjSTsaij2yrGgHAzmrER2wbOwc0yWxMUtLRTJCiiigAooooAKKKKACkNFJQAhpKdijFIBtLS4pcUwEpaWkoAWikooAXNJmkNFABmikooAWikpaAFpaSloAKKKSgANJS0lABRS0UAFJilooASjFLRigBuKKdSUAFLSUtACUtFFACUoptLQAtJRRQAUUUUAFFFFABRilooATFFLSUAFJS0UAJRinUUANpaMUUAFFFFABSUtFADaKMUYpAFLQBS4pgFFLiigBKKWigBKKWkoAKKKKACloooASilpKAExRilooASilpKAEopaKACilpDQAlJS0lABRSU6gBaKSloAYKcKQU4UALRRRQAUUUlAC0lFFABRRRQA2ilxRQACloooAWikpaACkoooASlopDQAZpabRSAeKWmA0uaYDqQmkzSGgBDSZpaSgBM0maKSgYuaWkpaQhc0tJS0ALSikpaYBSU6m0AFJRSUgFpRSYpwpgKKdTc0ZoAdTaWkoAKKSloAWlptLmgBaaaWkoAbSGnUmKQDaBRS0ALSikpwpgLSEUtFAEeKMU7FGKAG4p1GKWgBKKWjFADaWjFFABS0lLQAUUtFABRRRQAtFFFABS0lFABRRRQAUUUUAFJRSUALRSUUAOpKKKAEpMUtFIBMUuKKWmA2kxTqMUAMop2KTFIYgp1GKXFMQYpcUtFACUlOpKAEpaSigBaKKKAI24NNqRxkVHUstCUCkJpc0hhSg0lA4oGPpaaDSigBc0ZpOtLQIUU4daZThQAGkxT6TFADaSn0mKBiUGlopgJS0UUAFGaMUlABmmE4pTTcGgBc0UmKTmgBSaSjGaTmgVxaN1NpDTKQ/dRmmUtILj91KGplGaBkm6gGmZpMmkImzQTUYNLQAuaM0UcUAFFFFAgOKTFLSigBmKUClxS0AGKUUmaBSADSUtNJoADTWOKCabgs1MQ5B3qSmZxTs0DDNNJoNMakMX3pKRfel7UAApc03NLQIdRTc0p6UwHpT/AOKmJSs2CDQBJ1qJ0MgKg8j9akzjmoZC0zBYGxID0qiWR2vyBnPRR+tTw5Ix6dfqaU2zyWxJysitlgafGgRQopki0UtJQIKWkooAWiiigApKWkoAKKWigBKMUuKKAEpaKKACkpaKAEpKWkoASjFLRQAmKKdijFADaKXFJigApaSigBaSiigAooooAWiiloASloooAKWiigBKSnUlACUUtJQAlGaKbQAtFJRQAtLTaWgBaSlooAKWiloASloooASkpaSgApaSlFAC0UtJQAlFFFABSUtFACUU6igBuKXFLRQAmKWiloASjFLRQAlJTqSgBtFLikoAKKKKAFopKWgAooooAKKKKACkpc0UAJRRS0AJSU6koASkNFFACUUtJQAtFJRQAtLS4ooAKKKKACkpaSgBKKKWgAopKWgAopaKAEopcUlABS0lFABRRS0ANpKdSUAJSUppKAFzRmkpRSGLRS0tMQ3FJin0YoAZikxT8UYoAZilxTsUYoAbilpaSgBaWkooAWikozQAUlLSUAFGaKSgBc0uaZSZoAkzRmmZpRQA6ikooAWikooAXNGaSkpALRRS0wExRilooABS0lLQAtFJRmgAopaKAEpaKKACijNFACUYpaKAEopaKACkpaKAEpaKKAClopKAFopKKAFpKM0lAC0lFFABmikooGLRRRQIKKKKAClpKWgAopM0ZoAWiiigBKXFLRQAAUYpaKACiiigBKSlpDQAlFJS0ALRSUUAHWomGDUtMcZ5pDRGaSlpKksUUopB0o70AOzS0zNOBoAdS0gpaBiU5aKUdaBC0daKUCgBMUtFFAxtFBopgFKKSigBTSUUtADcUYpaWgBhFNxUlNNADKMU7FGKBDCKKftpMUwG4oANOxRSGNIpuKkxSYoAb2pKfto20DGg0tG2l20AJnFA5p22nACkISlpaSgBDQKCOKFFADqKXFFIBuKTkGnGmE0ABamMRQTTTzTELT1XApqLUhNAxppM8UE5pDzSGJupOtJSZoAXPNGab1NLmmIWndqZS0ALSM/OKGYBST0FQK+4Fh0zQItK/FBfNQLub7oJqdIGPLnFMbZaEayWayKMEHmovKCndH8rDvSwTCOOWHPen0zMmguRNmGX5Xx+dMkRo22tVKfJmG04KitBJhcWvzcSR9aYiKiiigAoopKAFopKKAClpKM0ALRSZooAWikpaACikpaAFpKKKAEpKWkoAWiiigAooooAKSlpKAEooooAKKSigBaKSlzQAtLSUUALS0lLQAUtJS0AFNNLSGgBKSikoAKSlpKAEopcUuKQBRS0UwCiiigB1FFLQAlFFFACUlLRQAlLSUmaAHZozTM0ZoAfSUlLQAtFFLQAUUUUAFFFGaAFopuaKAFopKKAFoopKAFpKKSgApaSloAKKKKACiiigAopKKACiikoAWlpBS0AFIaWkoASilooAbRS0UANpKU03vQBMaSlNJQAUUUtACUhp1IRQA2iiigApaSigB1LSCloAKSlpDQAlFFFAC0UCloAQ0lOpCKAG0lOxSUAJSikpaAFpaKKAFopKKAFopM0ZoAKKKSgApDS0lACZpaTFFIBaKSgUALS0lLTAKSlpKAGmmVIRTcUAJThSUopDFpaSimIKKKKAEpaMUtIBaKKWmAlLRiloAbS0UUAFFLRQAUUUlABRmikoAKUUlLSGLRRS0xBSGlppoAKKKKACnUlLQAUUUUAJSUtNoGLRSUUCFoNJS0AFFFLQAlFLRQAlFFJQAUZoooASloopDFFKKSnCmIKWikoAWikooAdSE0maSgApDRSUAFFFLQAUUtFACUlOpKAIXGDTKsMuRUB4JqSkwpaaGyaM0DHUopgpwpDJBRmkFL9KAHUd6BS0AKop1IKWgQUlGKcBTGMpaUikAoGIaKUikoAKKWjFACUtGKWgBlGKfSYpiuM20YqSkoAZikIqTFGKAIsUuKkAFGKQEeKMU/FGKBkeKKfijFAxuKXFLiikAhooxRQIKSlFGOaAAU7FJiloAKQ0tNJpANJxTM5oNNHFAhDSgc0U5eKBj8YppNKWphNACUhNITimFuaYDs000E0dqACnCkpSaAFopKWgRHcZEJx+NLZIJbSRPU0qoX81DzuXiorCXy5SjcBqogmtZPKYxvxVzPFQz24l5HDetQbriAc8igB8DgeYzIGye9TvII03NVBDIW+X64qcQSStlz+NACwAySlz65NSE4u9obbkc1KqBF2qOBUFwNkqS9ulAi1xuIGePWlqONw+WAI+tPpgFIaKKAEozRSUAFGaKKADNLmm0tIYtLSUtMQtJRRQAUUlFABRSUtABRmkpaACiikoAWkoooAKSlooAbRS0UAFAoxS0gClzSUlMB2aM0yloAfmjNNzRmgBc0U2loAKKKKAEpaKKAClpKKACiiigApaSloAWlpKKACiikoAWkNFIaAEzTSaU000AFLSUopDFpwpKWmIWiiigApM0UlAC5pM0lFAC0tJRQAtLSUtABRRSUALSUUmaQC0tJRTAdRSZozQAUUUlABSUUlAC0UtJQAUUtJQAtJRRQAUtJS0AFJTqSgBhpMU8ikoAdRSUUALS0lLQAUUUUAJikp1JigBtFBpKAHUtMzTgaAFooooAKSiigBaKQU4UALQaKKAGmkxTqKAGYpaXFFACUZopKADNGaKKQBRRRQAtFJRmmAUUUtABSUtFACYop2KKAEpaKKACkpaKAEpuKfSUANxRilooASig0lAxaKKXFIApaMUtMQUtJS0AFFLRQAlFFFABRSE0ZoAWkoooAWkopaAEop1FACUtFFACUlLRQAlFFFABS0gpaAFopM0UABptLSUAJS0UUAFOpKWgAoopaACkpaSgApKdSUAJSUtFACUUtFIBaWkpaYBRRRQAUUlJQA6kozSZoAKSlooAKWkpaACiiigAopKWgAqCQcE+9T0x03Kw9aAK1Lmk2FCPelIwakoXNKKZmlBoGSinCoxTgaQyQGlpgNLQIeKWmLTqYDhS00UuaAA0tIDS0ANopTRQA00ooo6CgBaM0gpcUwCiiigYUmaXNNpALS03NLmmIOlKKTrRQMWlFNp1ACGkFL1oxikAYppFOpDQA00daXFFIYUYoHWnUANooNIaBBTGNPxUZNADTSUp4ptIYAc5px4o4xSE5oAQmkzS0w8UwBzxUKjJp7HIpOnSgQtL0poNLmgBc0tIOlL0NABTJnwu3vTywCk1WH7yUA96ZLLVo4efgEfLzUN9AY5PMUfKf0qeAiNueq8H6VakQSIVPQ0xFKC+GAsv51JPOJBtT7vc1EbB/M7FfWrcVsqdeaAEtYtibj1ap6WimIbUM/zMi++anPFVC29yw7/KtAE0XC1JTQMACnUAFFFFACUUUtADaKdijFACYoxTsUYoASiiigApKKSgAoopKBi0tIKWgQUUUUAFJS0UAFLRRQAlJS0UAJRilpaAEopaSgBKbTjTaACkoopDFopKWmAtFFFAhaKSigBaSiigAooooAKWkpaACnUlGaAFopM0UALSUUUAJSUtJQAlJiloxSGIBS0uKKYgooooGLRmkooEGaKKKACiiigAopcUtACUtFFABSGikoAKSlooAKWiigANJRS0AFJS0lABSUUUALRRSZoAWjNJmigAopKKAHUtNpaAFopKKACkpaKAEopuaUUAOpabS0ALS02loAWiiigBhppp5ppFADacKbS0gH5optFMB1LTaWgBaWkooAWikooAdRSUtACUlLRQA00lONJQAlFLQKACilxRQA3FJTqKAAUtJTqAEpcUCloASilooASiikoAKKKM0AFJRmigAoopKACjFFFIBaWkpRTAKKWigBKWiigBaKSigBDSZpaaaAAmkzSGkoAfmjNR5pwNAD80opmacDQA6lptLQAtFFFACUUtFACUlLRQAlLRSUAFFFJQAtJRRQAUUUtABS0lLQAtJS00mgBc0U3NGaAHUUlLQAUUUtADaKWigApaSigBaKKKAEpKdTaACikzRSAWiiimAUUUlABmjNIaKAHUUlLSAWlpKKYDXUEc0xlDDmpGptJjRXZdppuaslQRUBUg0ihQeKeKiHFPBoAfmnVGKcDQA4HFSA1FnmlzQBLRTQaM0AOpaQUUALQaO1JQAvakpDSZxTAUUopKTNIY6kpM0mcUCHbqN1MzTd1MCTNLUYOTQWxQBKDSGo1enbqBjqM4pA1L3oAXNL1FIKXIoAKTvS0CkAlFLR1oASl7UhoNIYGkpaaaBCE5qMnFOY8VGaABuaQU4UEUAN70Yp2MU080hjSeKjOaeaYaYhvWloPSkoELSUlOApgA9KdikpkkmzgdfWgQkj7vlHQUQJmZO9Q1esEBJfFMRLPCWG9PvD9abDPj5Wq30qGWBZOeh9aAJAwYcGlqoY5I+nP0phmlzt34FAF+kJAGTVLzWUZMpJ7Up3ydcv/KmIdNNvGF4TufWnwofvsMeg9KI4cHc/JHbsKloAKWkooAKWkooAWikpaAFpaSigB1JRSZoAKbS0lABTaWigBKKKKQxRS0lFMQtFFFABS0lLQAUUUUAFNpaSgApaSigB1FJSUAFJS0lACYop1JQAlFLRQMKWiigQUUUUAJSU6igBKWlxRQAlLRRQAlFBptAC5ozTaKAHZopuaXNADqKbmloAWilooASilpKACkpaKAEpaKKACiiigAoopaACloooASkp1JQAlJS0lABRS4ooAKKKKACiiigAooooASkpxpKAG5ozRikNABmjNNpaQC0tJRTAdRmkooAdRTc0CgB1FJSigCOinYpMUDAGnU2nCgQtLSUtABS0lFABSUtFADCKMU7FJQAlFLS0AJS0lLQMWikpaBBRRRQAtLSUtABSUUUAJSU6koASlFJQKAHUUlKKAEopTSUAFKKSlzQAtFAooAKKKKAENJS0mKAEopaKAEopaSgAooooAKKKKAFopKM0ALRSUUALS0UUAFJRSGgAzTTRRQA2ilpcUANxS0uKSgApaSigBwNOFMFPFADqKSigBaKSigApKWigBKKKKACikpaAClpKWgAoopKAClpKWgAppoJpKAEpaSgUhjhTqQUtMQtJRRQAUtJRQAUUlFAC0UlFAC0lFFAxKKKKBCiiiigApKdSGgBtFFFIBaWm0UwHUZpKKAFPSm9qWkpDQU0rmnUlIshIwaBUjDIpmKBBRmg0lADs5pwODTKdmgQ8NThUO7mnq1AEoNFMDZoLUDH5ozim0dRQAveikzTd1MB9Bphak3Uhj80mM03NLmgAIpMU7dSZyaYhoByaNuWpelAoAeEFKQKTNJmgB1HSmg0E0hjt1Lmo+ppwoAeKM0maCaAFBzQabRmgBaM0zNG6gB9Rk80u6mM3GaQgY0zv7Uuc0oFAwzxxSikpM0ADGozmn5phoAb1NBNKeKYTQAhNJmigUxC9aUCkFSKM0AIq9zVaX/WGrtUn5agTEFalom2L61mKMmtiEYiX6UxDqSlpKYhKayK4wRTqSgCMQRg5xUlFFABSUUUgClopKYC0lFFAC0tJRmgBaKSigBaKbRQAtFFFABSUtFACUUuKXFACUUtFACUUtFACUUUlAC5pM0UlABmjNFFAC0UUUAFFFFABRRRQAUmKdRQAlFFFABRS0lABRRRQAlLRRQAtFJS0ALSGjNFACU2n0mKAG0lOxSUAJSUtFACZp1JS0DHA0tNpaBC0lGaKACikpaAFoopDQAUlGaSgYtOplOoEOozTc0UAKaKKSgBaKKSgAooooAKKKWgBKKKKACiiigApKKWgBKQilpKAG4oAp1GKAExRinUYoAbSUpptAxaWm0tADqWminCgQmKKWigBMUUtFABS0lLQAUUUUAFFFLQAUlLSUAJS0UtACYpKWigBKWkooAWlpKWgAopKKACiiigAooooASlpKWgApRTaKAH02jNGaAEozSE0maAHg04GogadQA+ikFLQAlFLRQAlFLRQA00lOpKAEpKWkoAKKKKACiiigApaSigB2aKSigApKWigBtFOxRQAmKMU6igBMU3FPoxQAyinYoxSGIKdSYpcUxBRmikoAXNGabRQA7NFJS0AFFLRQAlFLSUAFFFFAC0lFLQAlFFFADTSU6kNACUtJS0gFpaSimAtLSUtABSUtJQAUUlLSGFLRRTEFJS0UAJRS0UAFJS0UAJSGlpKAEooooGFLRRSAKKKWmIKSlpDSGhKKWkNIoSmsKdQelAEdNIp5FIRQAlHSiigBueKAcUp6U2gRIDTwahz6UqtjrQBPmjOKh307dQMeaaSMU3fSHpQAA0Eim5xSE0AODUuajBFAagLku6lzTAwo3UDJKKaGpN3NMQ8nApN1NZs03dSAfuNG6mbqTOKBkoal3Go85pd9AEuaM00Nmkzg0ASZpCajL0gfNIB+aCcCmZpGfNMQ5jkUwUmc0opAOFOpqnFBNAwJ4ptNJ5oFAC0hNHSmk0AIaSijrTEJSgUYpwFAAFqULQq040DQ09KpEcmr3rVPoxoJYsQJYAVqp92s23GJK0R6+tMQ6kopKYhaSiigAoopKAFpKKWgBKKWigBKKKKACloooAKKWigBtFOxRigBtOoxRQAUlLRQAUUUUALRRS0AJSUtIaAEpKWkoAKKKXFACUYpaWgBKKWigBKKWigBuKWlooAKKWigBtFLSUAFFFFABSU6igBtFOpKACiikoAKKKSgBaWm0tAC0lLSUAJSYp1FADKWlpKAClpKKACloooAKWiigApDS0lADaKU0lAwpc0lJQIdmgGmUtAD80U0U4UDFooooEFFJRQAtLTaWgBaKSkoAKKKKACkoooAKKKKAFooooAWkNLRQA000in02gBMUuKKWgYCnCko70CEzRSUUALS03NLQAtLTaWgB1FJS0AFFLRQA00lKaSgAzRmmmigB9FJS0AGKKKDQAUZpKSgBaWkpaAEpaKKAEopaSgAooooAKKKSgBaSiigBDTafSYoAQU4UmKWkA6lptLTAWlptFADqKSigAzSUUUAFJilooAbRS0lACUUtFABS0lLQAUUUtACUtFLQAlGKWigAoopaAEopaSgAxRilpaAG0UtFADTTafikxQA2lxS0UAAp1JS0AFFFFACUUtFACUUtJQAUUUUAJRRmigApMUtFACYpKdRigBtLRS4pDClpKWmIKaaU02gAopKKQDs0tNp1MBaKSigBaSloNACUE0UlABRRRQAUYopaACilooASjFLS0AJikNLSHpSGJSGiikWJS0UUANxSGnUmKBDCKSn0hoAbikp1JigAxSEUtBoER96bvxTz1ppFACb6cH7VERzTc4pgTUGotxo354pAPY0maYSTQDTAk3UoNRbqXdSC5IXo31HuzxSbqAJS1AaogaUGgCTNG7io80ZoAkVx3pQxzUVPBoAkL0bxURekzQBLuoLVFnNLmgB5akptO7UDFFL0poaikA/dxSbqbmimA6jNNFLQAlIadijFADcUtLinAUANA9aeBmgD1qRRgUAL0FJSmkpFCHpVP+I1dNUzw3400Sye2HYirtVbdudtWaZAtJS0lMAooooAKKKSgAoopKAHZopKKAFpKKWgBKdSUUALS0lFAC0UlFAC0UlLQAUlLRQAlLSUUALRmkzSUALmkzSUUALSUUUALSim0tAC0UmaM0ALRSZpM0AOopM0UAFLSUtAC0UUlABRRSUAFFLRQAlLRRQAUUlLQAUlLSUAIabTqTFABS0lLQAUUUUAFFFJQAUUlLQAlFOoxQAlLRS0AJRS0UAJRS0UAMop1JQA2kpxFJikMTFLilxRQIKKKKYBRRRQAUUUUAGaWm0UAOpKKSgBc0lFFAC0UUUAFFFBoASlpKKAH0U3NLQAUYopaAG0tFFABRRSUABptPNJQAgpaSigBc0ZpKKAHU6owadmgB9IabmkzQApNJSUUAFLRS0AJTqTFLQAUlLSUAJRRSUDFpRSUopCHUUUtMBKKWigBtFLRQAlJilooATFLiilFACYoxTqSgBMUlOooASiiloASiiigAoopRQAUUUUAFFLRQA3FJTqKAG0UuKKAEopaSgBRS0gpaAClpKWgApKWkoAKWkooAKWkooAWikpaAFpKKKACkpaKAEooooAWikzRmgBaM0maSgB1JmkooAWkopM0ALSUZooAKWkooAWikpaAClpKWgAopaSgApDRRQAlJS0UgG4pcU6jFMBMUUtLigBKWjFLQAlJS0lACUlLSUALS0gp1ABSUtJQAUUUUALS0lLQAUh6UtJQCG0lLRUmiExRilpKACkpx6U2gQhptPpuKAENJS0GgApDRS0AMIzTCtSGkNAiNlphqY81GRQMjxSEU/FJtxQIj2mjFSEUmKAI+aWn4o20AMwaTJp+DRtpgN7UU7FGKQCZozRiigA3UZpcUUAJS0UAUAAp496bTscUAGaAaB0pRQAUtFAoGKKQ0tFACUopduaWgBKKUCg8UhhSigU4UwFUc806kopDFooFLQA3FU5eJCKu1TuARL+FMlliBQy5zzVhSf4hzVCGXBxWgvzp7jpVEi0tJmloEFFFLQA2ilpDQAlJS0lABS02loAWikpaAClpKKAFozSZppNADs0ZplGaAJM0uajzSg0APpabmjNAC0lGaM0AFJRRSAKKKWmAlLRRQAUlLRQAlJS0YoASiikpAGaUGm0UwH5pc0yloAdmjNNzSZoAfRTc0ooAWlpKWgBKM0UlAC0tJS0AFJS0UAJSU6koATFLRS0AJikp1JQAhptONNoAKWkpaAFpaQUtABRS0UAFFFFABSUtJQAUlLSUAJilxS0UAJikpaKAG0UUlABRRinYoASilooASilooAKMUtFACYpKdSYoASilpKACkNFJQAmaM0lJmkMkFLTAaXNMQ+ikooAWikooAKMUUtACmmmnGm0AJRRSUALSUUlABS5ptJQA7NGabRSGOzThTKcKBDqWkpwpgFLRRQAhpKWkoASilxS0AJRTsUmKAAU6kpaACikzRQAtFFFADaKUikoAKUUlFADqKSloASilpKACiikoAKSikoAdSim0tADqKTNLQAUUUUAFFFFACUUtJQAlJS0UAJS0UtABRS0UAJRS0UAFFFFABSUtFACUtFJQAUUUlADqSkzRQAUlLRQAlFFFIAozSUUALRSUtMApKWigBKWjFLQAUYpaKAG4opaKAClopaACkpaSgAooooASiiigAooooAKUUlFADqKTNLQAhpKU0lACUUUUDFFLSUZoELRRmigAoopaACiijFABRS4ooAiopehoqTRCGiiloASkPFKKQjNAhKKKKADFNp1IaAEooFGKAGnrRmjFIaAE7000veigQlNp1JigYmM0m2nUUANo7U6mk0AGaOKMUUAGKTFFIelAAaSilxQITFJTqSgYUYp1JQAYp1NpcUCFoopaBhRRQKAFopcUtABSgZoAp3SkMTpQRS0UAHalApO9OFMBRRRilxSKAUUoooEJVS74YGrvaqd7wqmmSyqrbXBrWtnytY6nJrQsn4x3FMku7cMR68igqV605hmPd3FPVgV+bkVQiGlp0ibORytMpALSUtJQAlJTqSgBtGKWigAooooAKSikoADSUtGKQxMUUuKXFADaWlxSUxC0UUUDCloopCCilopgFLRRQAUlLRQAUUUUAFFFFADSKbT6bQAlJSmkoAM0ZoxSUABNJmikpDHZpwNMFOFMRIKKbmjNAC5opuaM0AOpaZTqAHUUmaWgAooooAKKSigBaKbRQAtJiiigBKKWkoAWlptLQAopaQUtABRRSUAFFJRQAtFFLQAUlFIaACkzQaSgAoxS0tACYpaKWgBKKWkoASloooAKKKKACiikoAKSg0lABTTS0mKAENNpxptIBwpRTRThTAdRmkpaACiilAoAWiiloAKSkJooAKTFLRQAmKMUtLigBmKbtqXFNxQAzFKBTsUUAJiloooAWlzSCloAWlpKKACiiigAFLSCnUAFFFFABTSaWkNACUtNozSAeKWmg07NMANJS0lACUUtFABS0lFAC0UUUAIaSlooAbSU6kpAJTqbRmmA6ikzRmgBc0tNzS5oAWijNFABSZopKAFopKKAFpaSigBaKTNFAC0UUtACUUUlABmlzSUlADqWm0tABSUtFADaKU02gBaKSigBaKKWgBtFOoxQAlFLSUAFLRRQAUUUUALRSUUAFFFFAC0tNpc0ALRRSZoAWkoooAKSlpaAEpKdRQA2ig02gB1FNpaAFoopaAEoxS0UAJSUtJSAWiilFMBaKKKAFooooAKKKKAIz1opW60lSWhDzS0lKKBhSGiigQ2iloxQISkpaSgYlBpaSgAprU6k7UAMppFO6UlADaKdtppFABRnikPFJQAtJQBRQAtJS0lADTmlFFFABiiiigAxSCndqOlAhMUUUooGGKXFFFAgxQaKUCgYmDThS0YoAKcKTpTu1IAoHrRR0oGKaTIo6mjFMBe1OFJjinCkMKO/NLSUALRiilFAAap3w/dj61cNVL/mMUxMoKfmq7Zj98BVDvWha/wCvWmSa6j90fpUcAyCvqKnX7lQ2/wDrPwq0Qx0feNqY0ZwcdutOlO2cH6VJnbL/ALwoArUU+YBZOO/NMqRhRRRQA2ilpKACiiigBKSnUUANpaWigAFLRS0AJikxTqMUANxRTsUYoAbRTsUmKAEpaKKACiikoAWikpaAFpaSigBaKTNGaAEpKKKAEpMUtLQA3FIRT6MUAR4puKkxSEUgGCnUYooAAaXNNozTGLmjNNzRQIfmlzTKcKQx2aXNNpaYh2aKSloASiikNABS0lLSGFFLRTEJSGnUmKAG06kooAWlzTaWgBaKKKAEooooAWikooAWkpaKAG0UuKXFACYpaKKAClpKM0AFFFJQAUUUtACUUUUAJRRRQAlJTqMUANxRTsUmKAGGkxT8UYoAbilpcUUAFFFLQAClptFADs0tNoHWgBpNLmmmikA+lpoNOpgFLRRQAUmKdSGgBuKMUtFACYopaKBiClopaBBS0UUAFFFFABRRRQAZozSUUABpKWm0AJRS0lAxwpabTqBC0UlFAC0UlFAC0tJS0AFFFFABSUUhoAKKSigAptOooAbRTsUmKQBS0lFMBaM0UUAFFFFABRRRQAUmaKSkAtLmm0UDHZpc02lpiFoopaAEopaSgApaSjNAC0UUUAJSYp1JQAmKSnUYoASloxS0AFFLRQAlJS0UAJRS0lACUUUUAFFJRQAtFJS0AFFFFIYZopKKYh1FJmloAWlFJS0ALSUZooAQ0006mmgBKKKSgY+lpgp1AhaWkpaAEpMU6igBMUtFFABS0lFAC0UlFAAaSlpyIXPt60ARHrRUkygEACo6TLQlKKKWkMaaKU0lABSUtFAhDTTTqMUANpaTFFAB2puKdSUANxSUtJQA00macRTaACm4pcUE0AJRRSUAFJS0UAFFFFABSUooxQAUYpaKAExS0UUALigCiigBaWiigBaWkpc84oAMU7FJQTQAtJmkzSHjmgB1KKaDmlApDHCn00U6goKKDS0CEpxpKKACq13ylWKr3PSmJmZ3rQtRiVDVEj560reP94o96ZBrpUMPEuPrU44qvFzOSPU1ZI64++tOl4KH3ptz95aWbog96AIJGzMfYUEEAH1psvDOfwqyqbrdR3xQwIKKKKkYlFLRQAlJT8UlADaKdSUAJS0lFAC0UlLQAtLSUtABRS0UAJSUtJQAlJS0lABS0UtADaKWkoAXNGabRQA7NJmikoAWiiigApaKWgBMUUtJQAlJS0lACYpKdTTQA2kpTSUhhS0AU4CgBMU7FLilxTENpaXFJQAtFJRQAtFJRQAtFFFAC0tJRQAUUUlAAaSlooASloooAWikpaAEpKWkoAM0opuKdQAtFFKKACloooAQ02nGm0AFFJRQAtFJRQAtLSUUAFFFFABRRRQAtFFLQAlJinUlADcUlOpDQA2iiigBaKWigBKKKSgBaKbmgGgBtLRiigBaWkpaAFFOptKKAFooooAKKKKADFFFLQAlFFFAC0tNpc0ALSUmaWgApKWkoAKSloxQAlFLikoASkpaKAClpKKAHUlJSZoAdmkzSUmaAH5pQajBpwNIB+aM02jNMBc0lFJQAUtJS0AFLRRQAUlLRQAmKMUtFADaKWigBKWloxQAUUUlABSUtFACUlOxS4oASilxRQAUUUUAFFLSUAFJS0UhhSZpcUYoEFLSUtMAooooAKKKKAFooooAKKKWgBKSlooATFJinUUANxSU7FFACYpMU6igBtFOxSUANop2KMUANpaWigAooooAKWkpaAEpKdSUANpKcaSgAFOpKUUgFpaKKYBRRRQAlFFFABRSUUALS02pIoy59hQARoXPtT5ZkhXA/AU6ZxCgCjnsKoOSzYHzP/Kq2EP3s7EsefSnUxI9gyTlu9PFQy0GeaXNFFIoKKSloATFJTqTFAhtFOxSUANIpMU7vQaAG9qSlpKAENNp1NoGJSAZp1NoAQimkU89aSgQzFLS0UANIpaKSgApRRS9qACkoooAKO9JS0ALRSUooAXFFLRQAUCiigBaWm0ZpDHd6Q0mKWmAc0oFFOxQAnSlzRRikMcDxRk4pQOKWgAFFHFBPtQAtFJS0AJVe4NWTVO4PJpiZUQZmX61qW/3kPqao2qbpGb+6K0rZfmj/OqRDL5OFJ9qrW3L59BVmT7jfSobYcNVEjbjmQD2p8n30H41HJzP+Qp8n+s+goArtyfq1Xk6VRTmRPrV4dKYFOQjzGHvRVC7maO6ODUsF4rYD8H1qWMt0UgORS0gCkpaQ0AFJS0UAJSUtLQA2lpaSgBaKKKADNLTc0maAHZpDSZozQAUCkpaAHUUlLQAlFFFACUlLRQAlLRiloAKKWigAoopDQAZpKSigBaSiigBKKWigBpFAFLRSGGKUClpaYhKWlxRQA00lKaSgBDSUtFIAoopaYBRRRQAtJSUUALmlplLQA6ikpaACiiigAopKKAFooooAKKKKACnCm0tAC0UmaWgBKQ0tJQAlFLRQAlLRRQAUlFFAC0UUUAFFFFABRmiigAzRSUUAGabmlpKACiiigBaWkooAKQ0UhoAQ0lKaSgY+ilxRQISloooAWiiigAoopaAEpaKWgBKKWkoAKSlpKAFopKM0ALRmkpKAHUUlLQAUtFFABSU6koATFJS0YoAbRTsUmKAGmkp2KQigBuaKXFGKQBS0UUwFzRSUUAOopKdQAlLS0lABRRiigBaKKKACkp1JQAlFFFABS0UUAJSU6koASlopaACloooAMUlOpKAEooooAKKSloAKMUUtABikpaKAEpKdRQAlFLSUAFFJS0ALRSUtAC0UlGaAFopM0UAFLSUUALRRRQAlFLSUAFFFFACUUUUAJS0UUAFFLSUAJRRRQAtFFFACUYpaKAEpaKWgAooooAKKKWgBKTFOxRQA3FGKdRigBFXcwHrU8kiwjaoyfQU3iFM/wAZ6Cq7FpCQDyerVSEIztI+Ry54HtS7BFn9TT4lWNCBVK8nJJQH60mNDvP3TKq9O9WBWfAQsqcd60allIKMUUUigxSU4UlACUtGKMUCGmilx60lACUUpooAa1Np/wBKaaAENNpaSgYhpKWkNACYopaSgBDSUHrRmgQUlLRmgBKGzS0UAJRRRQAUtJRQAtLSCloAKWikoGLQDmgc0AUAHXijGKWlxQA3Jp1GcUZoGHelyc9KVVPU0+kA1QcU/oMGignFABRmgc96KAAClpKWgYUUtJQIa5wKozGrUzfLVTG+QKO5pkss20e21Zj1artuP3qj0WonTaqIKsWo+dz+FWiGTTtiI0y3+6frSXJ+UD1NOT5YM+2aYiNeZ/xpXPMh9sU23zuz7U2Y/unPqaYBajc+fQVbY7UJ9qq2X8RqxcD90aAMXUUIZXHfqaqZramiEkG0jgj9axZUaOQow5FSxomiuJE6Hircd4rY3DFZozTulIDYWRXGVOadmshHZDlWxViO8YcPzQBeopiyK4yDmnCgB1FFFAC0UoooAbSGnU00AJSUtFIBKKKKACloopgFFFFAC0UlLQAYoopaAEopaSgBaKKKAA02lNJQAlFLSYpAJTqMUUwCikooAKKSloAWnU2loAWkzRSUABpKKWgBtGKdRQAmKWlooASkpaKAG0U7FJigBtLRRikMBTqSimIWkoooASloooAWiiigBaKSigAoopKAFozSZpaAFopKWgAooozQAUlFFACGkpaKAClFJS0AFFFFABSUtJQAUUYooAKSlpcUAMop1GKAG0UtJQAUUUUDEpMUtFAh9FLSUAFFFFABRRS0AJS0UUALRRSUALSUUUAFJS0UAJSUtJQAUUlLQAtLSCloAKWkooAWikooAWiiigAopaSgBDTadSUAJikp1FADaWiigApKKKAFFKKSloAWiilxQAUUtFABRiiloASkpaKAG0UtJQAZopKKAFpaSloASloooAWiiigApKKKACikpaACkoooAKXNNooAfmimiloAWikooAWm0tJQAUZpKSgB2aM02igB2aM02igB2aM02igB2aWm0tADqWm5ozQA6kzTc0maAFzS5ptLmgB1FNzTqACiikoAWkpM0UAFJmkJpKAH5ozTaUUALS0lLQAUtJS0AFLSUUALRRRQAtFJRQIWnrhBvPXsKaOevSkw0zei00Az5pXOD9TTyFjUAVJwgwOlUru4CDC/eoY0MuLjZ8ifeNUvU55p3JBY8k9ajJ5pDHxnbKv1rUFZKtyD3BrVFJjQtLSd6WkMKKKKBhRRRQAlIeadim0AJSUuKSgAptKaSgBKaacaKAG8UhxTiM00qaAEzTaU02gApM5NLikxQIWko/CloASilooASlpKWgAooFLQAlLSYp2KBh1oApaXpQMKMUvtSUAGKXijNGOelIBKcB7UoGKWgApaQ9KQc0DHZpcGgClzQAlLRRQISlpKWgYUh6UtMdvlNAiCZu1Lp8W+Yuei1XlbmtSwj2W4OOvNUiGK/M3+6KsWy4jz61VPJc+pxV1BtQD2qyCvP80uB2FPm+WHb+FRr80+ffNOnOXC+lMBY/liZqjmH7jHtUzjbEqj6VHN93FACWH3TVi4/wBXUVkuI/xqS6OEA96AI5OUSqOqwCSFbhRgjhquSglEPepngD23l+1IDmAacKlliKsQVxUR4qShwoJoA4oxQA5HZD8pq7Bch+H4NUPrQDigDZFLVK1uf4H6djV0HNAhaWkooAKQ0tFACYpKWigBtFLRQAlFFFABRSUUALS0lFADqKSigAooooAKKKKACiiigBMUuKWkoAKSlpKAEpKU0lIAooopgFLSUUAOoptLQAtFFLQAlLRRQAUUUUAFFLSUAJRS0UAJiiloNACU2lpDQAZozSUUgHClpKWmAUUZooASkoooAKKKKBhTqbRQA6kzSUUCFzRmm0ZoAdRTc0UALS0lLQAoooooAKKSigBaKKKACiiigAooooAKKKKAEpKdSUAJSUtJQAUUUUAOopaSgAooooAWiiigApaSigBaSlpKACiikoAWiiigApMUtLQAzFKBS4oxQAuKKKKAA02lpKACloooAWiiigBaQ0UUANopTSUgCilpMUwCkxTqKAG4oxTqKAG4paXFLQAClpKWgApaSigAooooAKKTNFABSUtFADaKWkoAM0ZpKKAHUUUUALRSUtABSUUUAFFLRQAlJS0UANpaKSgYtLSUUCHUlFFABSUtFACUlLRQAlFLRQAlFLRQAlFGKXFIAopcUUwCilooASkp1JSAbS0uKMUDAUtFLTEFIaKKAGmkpaSkAlFFLQAUooopgLS0lLQAtFFFACUmaWkoAXNGaSkoAdmlzmmVIikkAdTQA4KXO0dO5qbhF2ilChFwKpXVzglUPPc1Qht3c7PlTr39qz+WO5u9KTuOT0/nQxpDGlsZFR049abQAq9c1qxncgPtWYBWjBjyxg0mNEtFFFSULRRRQAhoFGKO1AwpDTqDzQAykpSMUlADTml/ClpOlACcUmKdR9aAG00inmkxQMjIpMU8j3pMUgGbaNtOxSUCE20mKdRj0FMBu2k2+tPooAZilxilooAMUUDNLigBDRSiloGKBzzSYpc4pBk9qQASPSjr0pQtLigYgU0/GBSAUuKAACndKSloAMZowBRmigANAx60UcCgBaKTNLQAUlLSHigQhNQSPUjGqsrZpiYtvF504Hbqa2W/dxHHpVXTotsW4jk1YuTwE9atEMiiXLIv4mrMzbYzUduPmZvwFJctyFpkhbjgsfpTU/eT57U5v3cOO9Ot1wm71oASZv3iCo5j8ppkj5fd/tU6UZU0xE1kf3QpbpSWQjr0os1xCPelnYCWOgY2Yjcq1MGzFu9qqTEtN8o56VbC7Y8egoAyZFlyTtyCaqy7T1XBq/55UkMvSmSNHKpzwfehoLmZj3o+lB+8aSoKF/CjikpaQCirUFyU+U8iqlKODTA145kfoakrHDEcip47p068igRo0lQx3Ub98H3qXcD0NAC0UZooAKSiloATFFLRQAlJTsUUANop1FACUUUUAJS5pKKAFooooAKKSloAKWkozQAUlLmigBMUYp1FADcUlOpKAEpMUtFIAxS0lLTAWiiigAopKWgAopKKAFoptFADqKSigBaKSigApKWkoASilpKAFpabS0AFFFFACUtKBS4oAbSU6koAbRQaMUhhRS0YpgNopcUuKQDaUUuKXFAgpaKKYBRRRQAlFFFAC0UlLQAUUUUAFFJSZoAdRSUUAFFFJQAUlLSUAJS0UuKAFNFFJQAtFNozQA+im0tAC0UUUAFFFFACUUtFABRRS0AFLSUZoAWiiigAooooASkpaKAEpcUtFACUtFFACUUUUAFJS0UAJRS4ooAKKKKACilooASilppoAKWm5pM0APozTc0UAOpKSkzQA7NGabmkzQBJRmmZpaAFptOpKAEopaKQC0UUUwCiiigApM0UlADqKSigBaSiigBKWiigBKKKKAFoptLQA6ikpaACiiloASkpaKAEpaSigBaKKKAFpaSloAKMUUtABRSUUAFGKKWgBKMUtFACUlLRQA2kp2KMUANxRin4ooAbRS0lABS0lLQAtJS0UAJSUtJigBKKXFFACAc1diTYuT1NR28eTuPQU65l2LtX7x6VSEQXdxj5E+9WY2SSB07mppj1Ufe71EBjjPHegYhbbg4HtUWac5plIBKUCjFOAoAXHFXbTmEVSPAq1ZHKH60MaLQoooqChaKKKBhRSUUAKOKKSigANN6U6mmgBBS4pKBQAYxSYNOxSH0oASm8U/FIQKAG4pPwpSBSc0hiYxSYFOooAbtp3SkJooADj0puKUkUnegQh6UlOpKYBRiloxQMMUuKXBpcGkAm0UooxRQMMUfSlo+lABS0AU6gQmO9B5petJigYYoxS0UAFFFFAg/ClpKM0AGaaxoJ5qN2xTERyv2qOGMzShfemu2TV7TYurkU0SzQjQIoA7VWlbMpP92rTtsQmqiKWYe5yatEFiMBIhUMY8yUuegp9w+F2jvQP3UPPWgCNz5kwUdqllfYm0dTwKbbrgFz3pq5lm3fwimIhlG3cvpipHP7vPtUdx/rHpz58tfwoAtWh/dLROm6VKLQfuvxpLokFfbmgZHE2bog81PcP5cRNQ2zZY06fbKwQ9B1oEQiSNxg/karXUSpGWU49qnktv7hx9azbosDsLdO2aGCIaQk0Y4pM1BYZozRnNLxQAA+tL1pOKWgAFOPFN3UZJoAXNSJMy9DUWKXpQBejugfvVZVgehrJz709JXQ8GgRq0tUUvD3FWo5kkHBoAkoozS0AJRilpKACkpaSgAopaKAG0tFFABSUtFACUlLSUAFJS0lABTqZmlFADxRSZooAKKKSgAooooAKWkooAWikozQAUtJRQAUUUUANpaKSkAtLSUtMApKWkoAM0tJRQAtJRSUAFFLRQAUtJiloAKM0UlAC0lFFACUuKKWgBKXFLikoAMUYpaKAExRS0lABRRSZoAWkoooAKKSigBaKSigB2aSkzRQAUlLSUDFpaBS0CEopaKAG0U6igBtLRRQAUhpTSUAJTaU0lAxwpRTRSigQ+ikooAWikzSZoAdRSZooAWiiigAooooAKKSloABS0lLQAUtJRQAtGabRQA7NJRSUAFFFFAC0UUUAFFFFABRRSGgBaM02loAUmmmjNFACUlBopDClpKWmIKbTqTFACUUuKSgYCloopCFzS0lFMBaKSkoAdmjNMzRmkA/NJSZopgLSUUUALS02loAWiiigBaSlpKAEpKWigBKWiigBaKKWgAopaKAEopaKAEopaWgBMUtFLQAlJS0UAJSZopKAFzRmkozQA6lpmadQA6im0tABRRS0AJRS0UAJRS0UAJiiiigAooooAKKKSgBaKTNJmgBadGhdsCmZycVdjUQx5P1NNCYrssMftWbNI33v4m/SpZ5fM+bsOgqBxgZblm/SqAg28k9+1Mk+UYz9alJx8w+gqJ8GiwETGjHFB608j5aQxop4AHNIBTscUxDGNS6e2S4qtI2BU2mn94/0qGUjRpaQUtIoUUUUUgCkp1JigYlFLSHigAptBo5oAKSloIoAMig0nFFABSHpS8U0igYmeKNtL1pOaQCUlO+tIaAGk0bqOKXigBtJzTsZpelADOaMGndKOaAACncUlKKAClpO9FAx1JmigCgApaUClFAC4oNFAoASiloIoAOKOtNxThigBKKWigQlIaU01j6UCGk4qvI3NSOxquxpiFjTe9bdvGEjA9az7KLJXPfmtXtVIlkFy3AQd6S3XOX/AVE5Lyk++0VZ4jj9gKokhxvuPYUs3zuIxS24zualiG6Vm9KYCyny4sD6ClhXbED681HOcyAelWOigUCM6Xl5PrUsnCqKjOS7D/ap8v3vwoAvQjbEv0qtdHMmD0FWk/1Y+lUZmLTED1xQMngQRpjv61UeJ97SKc8+tS3E3lIEHUio47lQoDjHv2oQiJrp41IYZPvWaxZmLN1NWr+cPJtXoO9VAxpSY0GaOKXrSEDtUlBgUEHtQBR0oATkUuaUGkNIAPrRR2opgGaUUlBHp3oAWlpoJpc0AO5oDEUZ7UnegC3BNtJ3uenGasR3SN14rNoB5oEbAYHoaWspZGQ5U1Ol42fmHFAF6kpiTI44NPzQAUtJRQA6kpKKAFpKKKACkpaSgBKQ0tIaAG0oopaQC0UlFAC0UUUwCilooASilpKACkpaSgBaWm06gBKWikoASilooAKKKSgBaSikoAKWgUtACUUtFABRRRQAUUUlABRRSUALS0lLQAUtFFAC0lFJQAtJRRQAUUUlACUUtFABRRRQMKaaWkoEGaM0lFAxaWkFLQISlpaKACloooAKKM0ZoAKKKKACkoo70ALSUtJQA2kp1JigBtOFFFAC0E0lITQAUZppNJmgY/NKDTAacDSAdS5ptFMQ7NFFFABS0UUAFFFFABRRRQAUUUGgAopKdQAlFLRQAlFLSUALRSUUAFFLRQA2ilooASilooAZijFPxSEUAMpaMUUAFLSUUALRiiigAooooAKKKKACkpaMUgG4pMU/FJigYlLRRTEFLRRQAUUUUAFLSUlADqSkooAWikpaAClpKdQAmKWiigBaWiigAooooAKWkooAWiiigApKXtRQA2kp1FADaTFOxRigBKWiigApaSigBaKSloAWlpuaM0ALSUZooASkpaSgBc0maTNNLgd6AH5ozVWS7Vfu81WkuHfvgUAX5Jkj+8arPe/3Rj61UJz15qSCIzzKg7mgDT02N5WM8nTsKmuZdx2g/KOtSPiCFYk69Kqgb24+4KsQIOrt+AqFiS3uallJ4qIn5cn7x/lQgYyTjgHgVAOhzUx5z6VCwxTYhoHNPxim4+YU+khibaH4pTUchwtDBEErZNS2BxcfUVWY5YmpbU7bhD71BRsilFIKKRQ7vRQDR3oAWiiigBKTNKRSGkMTvRSZooAKM+tIaTNACkUYoxS44oATg00ilwaSgaEOO1BzS03mkMMUUY9aMUCDik+lOpPpQAnNHNLRigBKKSjIoAWlzTM0cmgB9AHNApaBhS0lLQA76UUUUALRiiigAooooEFJS0UAAoPFFFADTUbkCnMahkNMQxzSQpvemnrVq3TC+9NEsu2ic7vTgVPK22MmiJdkYFQ3L8hM+5q0QxtuuWz6Uty3RRUkK7Uye9RKPMnJ7CgCRf3cPNOgXEWTUU7ZYIKmf5ID7CmBAPnlB9Wqw54qvAP3o9hU0pwpoEVoV3OW96GGWepYB8gqM/ek+tAy6n+qH0qmuASxq2p/dD6VQKF5SC3ygdKQD1dJWJ49MVUvtkIG3hj2p88RiG5T8o/SqEsplOWOcUwI93OaSjgmkxUFBjnijmjPPSjcaQC5o60ZyKXFMA70neg9KKADvS0neikAGilzxSd6YBRRmjNAC/U0vQU3vQ3FADqMHvTM04E+tACg8UuabmigB+7HINSx3Dr3yKgHvS0CLyXYJ5GKmWRW6GsunByOhxQBq5pazo7ll4zmrCXSE88UAWaKaGB6GloAWkozRQAlJS0UAJRRRSAKKWimAUtJRQAtJRRQAUUUUAJS0UUAFKKSigB1JSZooAWkoooAKSlooASlxRRQAUUUUAFFFGaACiikoAWkoopAJS0uKKYCUUUtACUtGKKACiiigAopaKAEoxS0UAJijFLRQAmKMUtFADaSnUlADaMU6igBKKWigAooooAKKSjNAC0lJmlzQAtJSUmaAFzS03NGaAJKKSigBaSiigBKSnUlADaaaeabQAyinEUAUhgBTgKMUtAgxTsUClpgJRS0UAJS0UUAFFFFABRSUtAC0UUlABRRSZoAXNFJRQAtFJRQAtFFLQAtGKKKACkxS0lACUUtFABSUUUAJSU6koAbRTqSgBKKWikAlLRRQAlLRRTAKWiigApaKKAExSUtFABRSUtACUUUUAJRRS0AJRS0UgEop1GKYCUtGKMUALS0UtABRRSUALSUUUAFFFLQAUUUlAC5optFADqWm0tAC0lFFACUtFFABRS0hoAKSikoAKWkopALRSVHJcRx8E8+lMCTNMdwoJJ6VTkumb7vFQMxPJ70AWJLskfIPzquZGY/MaaTxSUAOJyaQ0cYpKBigc1sadAIYvPkGM9Kp6ba+fLvb7i8mtKeXdwOEHT3qkhMjctI/8AtH9BTnwihRT4k2IXb7xqvK2WNMQxskj0HX6VHKc84+lPJKrsxyeTUbfMKpEka0hXnmlPGKV+vHegZG3SnChs7aRTSAWq1w3YVYc5FVJjyBUyKRFUsH+uT61FU1uMzp9agZsilpKKBi0tNpwoGFFFGaQBTcmnUhNACdaaaWkzQMQ5o5xRRmgApQaSloAU0hGKWjGaAG0nNPxQFpDGUUppKBCUmaWgimMSkbiloxSAZg0bafmjNMQ0LTsUcmigYdKXPpSZFKCKQwxS5xSZJpaAF60ppO1HGKAHClpuRS0CFoxRSZoAKKKKACmk0tMZsUxDGJxULGnuajAyaYmOiTLZq/Am51HpyarxjAHpmr1mvys3rVEMsE4FUgDLNn86nuJNq7e5pIF2x59aYgmfauB1NEK7I8n61Ev72b2qac4Tb60wI4VLy7vxqW6OI8epotR8pb1NNu+qD3oAZD/rWpbg/Lj1NFv1c+9Nc+ZKoHrQIlt0wgqFusn1q4q4FVGHzP8AWgZYY7YPwrOlR1/eA1euW2QVQluR5RPQ+lAivc3e+IL3PWqeO4pDknJpAalspC5o3UZo4NSMM0uM0Ck5oAULSg4oB/OjOaYCk560hpKXk0gDFJQKXIxQADrzSY9KOtBzTAKTGWpaB2pAKRzTTT2OaZ1NMBRjFJj0oxRSAPrS5opMUwH0YpnNG6gB1LmkGDRmgB31oo7UnSgCRJWU8HFTLdsD81VaKBGilyje1TZB6VlA09JmQ8H8KANKioY7lWOG4NT0ANpcUuKKAEopcUuKAG0U7FJigBKKKKQBS0lLTASilpKAEozSZpM0ALmjNNzSikA8UtMzS5pgLRRRQAUUUUAJRmg0UgCloFFMApKWjFABS0UtACUUtJQAlFLSUAFFFFABRRRQAtFFFAC0UlFABRRSUAFFFFABRSUUAFFFLQAlFLRQAlFLSUAJSYpaKAEpKWjFADc0maUikxSGGaM0lKKAJaSlpKYgpaSigBaSiigApKWkoATFAFLS0AJS0uKKACiikoAdRSUtABS0lFAC0UlGaAFopKKAFooooAKTFLRQA2kp1JSASlpaKYBS0lLQAUUlGaAClpM0ZoAKKKKACilpKACiiigAooooAKSloxQAlJTqKAG0tFLQAlFLRQAlFFFACUUtFIBKKWimAUlLRQAmKMU6igBMUuKXFLQAmKMU6igBtFLSUAFFJS0ALRRRQAUUtFACYopaKAEpKWkNACUUlFIYtLmm0tMQtGaSigBaKKKAFopKM0ALSGmPKqDk1We7z9wfnQBbJAHNQSXKLwOaqSSs55Oai3HNAErzyNn5sCo8d80hNJmgBT7Un40hPpQKBgelJTiOeaTigANKoLHAHJpK09JtssZ3Hyr0zTQi0kYtrVYhwzcmiFd53n7o6CkkYyucdTwPpVjbtjwO1UIhmkwOelVsZ+b05NPl+aQL2Xk0x8qNnbqaaQmMbLHPc0mMZzS/TjFIelUSMbGeKAMtQ3anBcc0DEcDbUC96sOTVcdaljQhPaqkn3zVmTiqp5NQykAqe0GbhKgqxZ/8fK1IzW7UUUCgYUUUZoGOpDSZpaADNIaDSUhjSaKWk60AFAFJigUALS0YzSUAFGTRzRmgYuTRzSZpMmgB2aODSZopABpKM03NMQpxRTcUGgBSQOlGabnBo3c9KBjs0Y9aBk0UgDgUgNLR9KAFyaBSUvWgY4UuaQCloELRTaXNABS0lLQIKSlPFNpgBqJzTiahagBrNSxgkjjrTOSaswrhhkVcUQ2S42nGOQM1dtRiIe9VT8xLfhV6JdsYFMkr3C5lWpZfli/So52/fLUk/MdMQ22TC7vWo7k5k+gq0o2oB6CqbfMxPq1Ay1Cu2JRUNycyKKsEhE57VXjPmSlqBC7fLiNRQKfOX6VNc8RUy3B876CgZb7VSJ5P+9V09Kopy4/3qAH3hBjAasKaTcxUfdHStLVZguFzzWQKTBC5oOKb0pc1BQuKKTNLQAA84p1JiimAGijOTQKQC0KcUYpBTAO9LgGiigAK4pKUgUlABmlzzRxikoABSdTTscUgNABiiijPrQAdqAKCaUdaAEBoxRg0hzmgB3FJmiigADc0uRQAGpvIPrQBKAPWk20zNG40APAo4puQaXvQIXNTR3DoeuR6VBSjjtQBpRXCP3wamrJB5qVLh14zQBpUVXjuVYYJwamBB6UAOpKKKAEpKWigBKKKSgAzSUUtADaSnUYpDG0tGKKBBS0uKKACloopgLSUUtACUUYpaAEoopaAClpKKAFoopM0ALSUmaQ0ALmim0maAHZozTc0ZoAdmim0UAPopuaM0ALS0lLQAUlFFABmim0UALRSUUDFp1NpaBC0UUlAC0lLRQAlJTqKAGUUtGKAG0mKdSUANxSgUtKKAFzRSUUALSUtFABRRRQAUlLSUAKKUUlLQAtFFFACUlLRigBKSlxRigApaMUUAFFJS0AFFFFADqKSigB1JRSUAFFFFABS0UUAFJS0lACGkpaSgApRRRmgBaKTNGaAHUlJS0AFJS0UAFFJS0AFLRRQAlJTsUlACUUUUgFooopgJRRRQAUtJS0AFFFFACUUtFABilFFLQAUtJRQAtFFFACUhpaKAGmig0lIB1LTKWmBIKKaDRmgBaKTNLQAlBooNADaKWkoASilooAKWms6oMscCoHvEXoM0AWaazhRycVRa7kbpgVCzM5yxNAF17tFOBzVd7h3/iwPaoOO1JmgB5JY+tIT2FJuNJ2oGLmkzSUUAGaKSgUAFFLQOtACfWncUlAoAdGhdwgHJrcP7mFYh/COapaXF9+dhwnT61cUGSUA/U1SJZJCm1dzfeNNmm8tGPftUrnFUZD5knJ+UUwCJON5OT1J96G5JJPWlbKoFB4PNM571ZAYA70xxk+1OJ9RxTG4NACHA7ZNGSQM0gc9KctAxGIx1/Kq461aZeKqsMGpY0MlPy1VqzNwtVqzZaFqxYj/AEgfSq9WrAfvifakBqCigdKKBhRSUtABRRRmgYZoNFJSAKSlpM0DEpcUmaXNABRRRQAhHpTcmlJppNAC5oz60m6igBc0mabRQMXdRmm5FGaBC0Yoo5oAABS5puaXd7UAGT9KXNJzS4oGKCPSlzSZpetIBaX6U3FOoANtLRRQAtJRSHmmIKKPagmgAprGjPFNJoAaxqPqaU8mnKnYdapK5EmLGn5VaRMIZD+FRInIQHOatzDCKg71bJI41yyL+NXugqtbLmRj6VNM2yMmkBVH7yf8amkOXVabbrgFqI/nnzTEWGOEP0qkn3k+tXJTiJvpVNB+9SgZLcsfLNJa/wAVFx93HrUlsP3efWgBtz91R70tt/rXNJddUp1r1f60ATSnbGx9BVOLqD7Zqzc/6lqpsdkEj+i4oEZN9N5tyx7DgVXzSk5NHBqGUgzRRijNIYuKSlGO/FLQAmaO9HeigBaUYxTe1KaYC0Cko6UALRnNNpQaAA8UUvWkpALRSGjNAC8UEYo3cUZpgGKQ9aUe1JSASnUd6KYBTadmkoACKO1C9aXpQAlGDSnmkoAMZo20ooOcZoAbShqM0cGkAuc0tN5xQD60wH0U0HtTsigBaljmdDwfwqHilFAF6O6B4bg1YBB6VlZqSOZ06dKBGjRUMdwr8Hg1N1oASkp+KMUAMxRTqMUANxRinYooAbijFOooAbS0UtACUtFFABRRSUAOpKKKACiikoAWikpKAFzSZpKKADNFJRQAUlLRQMSlpcUYoEJRS4pKQCZozSUUDHA06mUopiHUlJS0AFJS0uKBjKWlxSYoELmjNJRQAtLTaKAHUUlFADqTNFJQAUUUUAFJRmigAoFLRQAylpKWgBRS0lFAC0UlJmgB1FNzS5oAWikpaAHUUmaWgAooooAKSlooAKSlooASilpKAEpaSigB1FNpaAFpKKWgBtFLiigAzS0lFAC0hoooASlpKKACiiloASkpcUUgFpaQUtMAopKKAFooooAWijFFAC0lLRQA2kp+KSgBKKWigBtFLijFACUtJS0AFFFFABRS0UAJS0UUALRSUuaACiiloAKSlooAbSUppKAEooopDFpabS0CFpaSloAKQ0tRPMidWFMB9IWC9Tiqst4P4Bmq7u8nJPHpQBcluUj46n2qs13K/Tioe1GaABtzHkk0cDijIptAxxPFJk0maMmgA5oozSZoEBpM07HGabQMKKD0oFIANOjUMwVm2j1puaKYCnAJx0pKP1paAEq3ZWTXL+iDqarKuSAK6K0iWC3WPueTTSE2MMaQQCJOh5NSQJtUserVHId82PfFWjgCqJKd2+Ex3PFV1G9to+lLcy7pMjtwKSNcLwcEDNNAxX5P3s9qQAA0z2o5qiR5wRUJIJ5qROTimleaAGDGafjGPekA5pe1ACHkEVBIBmpQfWom5pMpEEi5U4qvVifPl596r1kywq/p68M1Ua0bHiIe9IC4KWgUGgYnakpe9IaAClpopaBi0UUUgCm0tJmgYmMUUE0UDFzSUtHWgQ00lOxSEUAM4pCRTitNwKAEyKSlxSYoAWikxRigBc4ooooAKWlAFLQAlLxikoxQAU4UfSlpDEp1IKWmIKM0tJxQAlBozSUALR2pKSgBCajY05mFNUbjntTSJbALx71MqhF3NSxqpPNDDewQVqjIsWcf/LQ9TSyHLsfTpUyr5cX0FVlG8geppFFu3TbEPU1HdHOFqyBgYqo/z3H6UAPxsg/Ci2HzH2FLcH5QPU0W33WPvQA64OIjVeH/AFv0FTXR/d4pkCHJY0AMn5YVaiXEaiqrfNIceuKvAYFDAq3P+tQU+1+6x9TUc5/f/QVNbDEQoAS6/wBXj3rOvpNtmwz944q7dtyo/GsfUZQWWMfw9aAKWKOlLmjFZlBmlpMUA0ALR0oGKDQAUtJSjrQAUUp5pKYBS0YooAQ0Up5pKAF60HrSUUALSGlooAQ9KTNL0FHFACjpSUUdqAFFB4pAaXNACUUUtABSdaWgGgAyMUlKcZ4o7UAA6UlKeKSgANKADSZpelAAcA0lLSUgExSgGilzQAc0A0meaXAzxTAdmlzxUZBzShqAJAamjuHT3quHFLnNAjSinVx15qWskEipkuXTvkUAaFFQxXCv7Gpgc0AFJS0UANop2KSgBKKKKACikooAWiiloAKKKKACkNLSUAJSUpptIBaKKKYBRilooASlxS0UAApaKKAENMNSGm4oAZSU8im4pAApaMUopgFLilFLQA2lpaSgBKSnU00AJmkpTTaAFozSUUALmlzTaKBjs0uaYKWgQ6kzTd1JmgB2aKQU4UDClpKKBCUtFFABRS0UAIabTqaRQA3NKDSUopDHZpaZThTEKKdSUooAWlpKKACkopKAFozTc0ZoAfSUmaSgBc0lFFAC0tJS0gFooopgFJRS0AJRS0lABRRSUALRSUUAOopBTqAExRinUUANpKWkoASlpKWkMKUUUUxDqKbRmgB1LTc0ZoAdSUZooASjFLRQAlLSUUAFFFFABRRS0AJS0UUAJRRSUALRSUUAOFLTRTqACiig0ANNJS0UAJijFOpGYKMk4FACYoqtLeKvCc+9V2uZWGC35UAX2mRBy1V3vufkXNVMZ6mk4FAErXErjBbA9qixxzRmkzQAZozSE0lAC7vSl7U2gUALQaM0ZoGJ70lLSUALQOCKbS0AB60lLRSAKKSlpgFFFFABilHPGKSrWnw+dcKMcDmgRoWVmtvCJpBlz0B7VchXq7dTSMwMmP4U60srYi/3qskbbpuJc+tF25VMA8mn23MVV7pwZPZaAKiqWYk9F/nUmB5efU0dIxnvzTSvC4PbNUhMOKQtxSYPShuBTJHR+1I45zimxHn3p7jjPagZDySaUUvSjFADCMdelRMeanIHSoWT5sUmNENz/q19KrVZuzgBMcCq1ZGgtadsMRqPaswVqQ/dFICyOlOpgNLQUFHNL2pKBCEZpvQ0+kPNABRTelO60AFJRiikUFAoxS4pAFJS0tMBlIafSYoAZzSY9qdSZNADNtG2nHNJzQAmKKdzS7aAG4FLxSkUYoATFHSlxSAUAFKB60uKUUAGKMUYpcUAJRinUhNADcmkpeTSUAJiijNITQAUwtQTTaYhMbjip1XApka4HNTxgHJPbmtIqxlJ3FKhVGPSn2qZlJPamN047Vct1Cx59abBCXLYTb60y2XMhPpTbhsy/QVPaptiz60hkjttUmqtuC0uT9aluj8oUdzRar8pb1oAJ/vqKdb/AOrqOf8A12P9mnwf6oUCI7o9BTo+IQfamTjLLUjDbBj2oAiiGZF9zmrtVIB+9X2FWz0oYyjKcyP+VW4xiMfSqh5ZvdqudFoYihdSYd2PQVhu3mOWPc1pahJiNsfxGsqpkUhcUtGaOtSMKUUmKORQA7ApKM5oxQAUoxSUooAWko70uKYCc0UpoxzQACjjpRmigAo9aM0lIBVJFBpO1KKYAegpDTiPekIoATtRQOlFAC4ooHApAeKADoaKXrQOtACUUpoOMcUAFFJS5pABoFJig8UwF96DSCg0AOxSEUlO9qAG80d6XFIaAAUpFA5o5oAbk0v1pMUppAH0peaQUvWmABjTge1MxQMigCTJFSJO6dDUH404EUCL6XgP3hip1dW6GsqnpIU6UAalJVaK6B4f86sB1I4NAC0lLRQAlJTqKAEpaWkoAKWiigBKSnUlADSKMU6jFIBuKXFLS0wG0YpaKAEozQaSgB1FJRmgAooooASjFOpKAEpRRRQAtLSUtABSUtNoAKSg0lAAabTqSgBMUGloNADKKDSUALQTSU0mgYZozTaUUgHqaeKYKeKYhaKKSgBaKKKACilooASkpaSgBKTFPxRigBoFOFFGaAFFLSU4UAFFBpDQAhpDQabQAUZopKAHZpRTBS0AOopKWgBRS0lFADqSiigAopKKAFooFLQAlFFFABS4oooAMUtJRmgB1BpuaM0ALSUUUAJS4opaAEooooASiikoAWikopAOozSUUwHUUlLQAUUlFAC0UlFADqKSloASilpKAENJS0UgG0tLijFAxRS0lLTELSUUUAFNdgi7jwKgmulQEKctVOSVpDlz+FAFmS9xwgzVZpHkzuYkelNHTijpQAYFBxTd1BNAwzQTSZpOPWgBc0Un0pBycCgBc5NFJ3paAEoozRQAc0UdqKACjFFO4oAbiilJpKAEpaD7Up4oATt70dB70ZooAUCg4pKDQAtaejj5ifwrLGelbmnW7QwBpOCeQKaEyxJ1wP4jk0lxwI6eQAcnq5wPpRcjKDHXNWSNt32wEnjBquw3HGPvHJqxJhIlTHU1GjFi3oKQEUvTimnqcCnN98EDOOTTDmqEIaicYNSH3qNzTESIM0oPJB6GmxGkckHOaYgIxSe1OJBFNPSkMQdaCOQaQ04AscAdaTGijeRlTuzkGq1X70qyYX+GqFZMsUVpWzZQGsyrdnLg7D+FIZoinCmDpTxxQMWilooASkp1IaAEIzTcYp1BoAbS0EUlIYUUUtAw60tNxS80ALtzTSMU7NITQIbijFKaTJzQMTpTcinmmEZoAN1LzRwKKBBS9aTBpwoGIBS0UUAGM0vSilx60CDNFGKWgBtGKWmk0AITTaXOabQAhNGKXFJzTEIcUoWgLmpQAKuMSZMaFz1qZYwDtHNIoXaT3FTwrtUyH0qyCGYbU2L9TVqE/uV+lVRl2x3Jq4QFj49KkZTPLH1LVoIMKBVCAb5V/OtChjKtycyD2FWIRiJfpVRzudj74q6vCD6UMCrMf3x+lPg/1QqGY/vX9hUsfEIoEKBul+lLcH5QKdCmBk9TUc5zKB6UALb/AOtY+lTucKTUNr90n1NLcvtjx60dRleP5pF+uasTvtiNRW6/MW9OKZeyYGPxoEY99JmTaOgqvxillYvIWplQykLzRS5paQxBTqbilORQAYpe1JRQAU4UUGgBDRS4+WkpgJyacKMcUZxQADrQRRnHNA6UAGKOlL2pMZoASgUYpQaQBkig8mkopgL0pDS0HFACZopKXtSAB0opKWmAopCKXr0oNABmkxScilyaAAUGlBo7mgBKBQeaO1IBehoJptKeaYCiikooAWjtSZoNAC0hpQKTvQACiloxQAGijikoAXGfrSEEGlpMmgBQ2DTgc0wr3pBx1oAlzT1kZOhqHNLQIvxXIPDcGrAYEZFZW6pI52TvxQBpUVXjuQfvcVYBzQAtFFFAC0UlFABS0UUAFGKKKAExRS0UAJSUtIaAENJQaQ0AGaTNIaTNIB2acDTRSimA7NFJRmgBaSkooAXNLmm0UAOzRSUlAC0UlLSAKKWimA00004000ANNJS4ooAaaaetPNJQAzFKtLilApDFFOzTaKYh2aUUylBoAfS0UtACUUtFACUlOpKACkNFFABSUtJQAopwpmacDSAdSGloNMBppuKdRQA3FJin0lADcUtFFAC0UUtACUtFFABQaKQ0AFLTaM0APopopaAFooooAWkoooAKKKTNABmjNJSUhjs0uabRQIdmlptLTAdSUUlAC0lJRQAUUZozQAUtJS0ALS0gp2KAEopaKAEooxS0AFFFLQAlFLRQA2jFOxRigBtLilooATFFLUM06R8dT6UAOeVUHzHFUprhnPXC+1RO7SNljmmGgBaDim5pKAF3UEH8KSkJOKBi59BSUUZoAKSl7UnagAoHrR2pT04oASg0vAFJQAUlLRSAKXHNHajtTAKUdKbRnigBaSlHrSE80AFFGaKACig9aKAClNJ3petAFjT4hLdoDyBzXQHBPP3VrH0kASE454rVl7Rr1PWrRDIZHLNvHY8VKjGST2ApZAqKox0pizJFFvJGTzTAS4b94B/dFNhGIyT3qldXA8zuS3oelLFePwhA9M0gLBB+cj0pmTThuy49RUTFh1HFWSHSoTkvUm7mmAZfNAEqcc4ocZFJ04pzdKAIwccUuKa3B4p4OQKAG0+PA3MfpTWp77Y02nqeaTGVJRkNjpVAgg4PFabpnnpVS6jwc/nUSRaK1OU4INNoqBmpbTb196s5rHhlMb57d61IpA65HegCUU6mZpwoKFpKKKQCUUUlAC0YpKWgAoxS96M0ANpaXFJigYYpvNO6UdaBEZOOtGacRSYA6UDDIFNJp3ymk4FAhtLRinAUDEFOpQKKAEpaMUuKBBRilooASkJpc0YoAZTTTzTTTAbR0oJptAC5pAMml9qUcGqjG5EnYdxTsg03Yc09FHOe1a2Mx+0bwPUVPcnbGsYptvEHO89BTJJC8pwM44FJjHWyZYt6cCpbhtkRpV/dRcjpUTBp2qRjbRfnJ9BVmVtkZNEMXlrz1qK8PyhR1JoAhj5ZB6nNX+1U4APNyei1cHNAyi6lmc1NGNzBewonI3hR0HJp9sOC3rQIm6CqLtlnb8KuTNtjJqmi5KD15oQFuJdsYFV7lsyAenNWugqix3yE+pxQBPCu2LPrzWXfzYVvVuK1ZW2RfhWDftmQL6UhlXNGKTFLmoKFxR9aUUpoAbS/WkpaACilxSUAFLRQOtMBQcCkJpaKAEzRS54OaSgBQe1HIpKKQATQKUUnemAueKKKBxQAGkoJNKKAEp2c9aTpSGgBT1oPNIKWkAnWgqRSUtMBVoB5NJS4zQAHrRikoHWgBeaQU4+lGMUAN70UUUgF4oxSUoOKYCd6XqKSjNABTuKaTS5oAM4pe1Jj0o6UAJ0pSRto60daAE7UUuOKAKAEoFKetJ0oAO9LSDmg8UAGOKAaWkI5oAdRTc4pQRQA8NxUsVwyd+Kr0UAaUdyrdeKnDA9KxwcVKkzr0PFAjUoqtHdKfvcVOrBulADqWkozQAZozSUlADs0maSigBc0lFJQAU00tJikA2jFOxRigApaMUUwCiijNAC0lGaTNAC0UlKKAFoxS0lACYpaWigApDS000AITSUuKAKADFJin4pMUAMxTSKkNGKAI8UYp+KMUANxRTiKaaAEoFJRSGTUtJS5piCkopKAFpM0UlAC0lFJQAUlLS4oASlFFFAD80tMFLQAtJRmloAKTFOpKAEpKU0lABS0lLQAtFLS0ANpKdRQAwim4p9JigAFLRS0ALRRRQAUUUUAJSYp+KTFADcUmKfikxQA2kp+KMUAIKWjFLQAlFLSUAJSU6kpAJRS4oxQMQU8U2lFMQ4U6m0tAC0lFFABRRRQAtFJS0ALRSUUAFFFJQAUU1mCjJqnPcF+F4WgB891xtQ/jVTPOTz600nmmk9qAHE0mabS9qAA9KSlpByaBh2pKdjFNoAWk/pR70UAA5/CigUUAHJpaPekoADSd6dRQAlKaTvRQAtJR3pQefrQAUd6DSA0AFFFHSgBKXoKXp0pMmkAUuMUUc5pgIRUkETTSqijk1FWppAAO7HJOKaEy/bWyWcfXJ7mpIfmLSHvTJX8x9i9jUzDZEQOwqiSGUF43fp6VkXbGMABvm71ZmunEOwcLnrWY5LvSbGh8QyNx6mnB9syY9aXhUqvvw4bvmkmM21LB+OeOlR7WYVKud6t6iozuU4rVGYFBim4A5pXbFQtJ1xQA4nLVN2AquoPU1ODlaAIyvzYp2NtB5P0oz2NADol8x8HoOaSTa7bs0/mNcdCajK46UhjT0pDCGXa46in7S5HHHegklvqeKTGjJmjMUhQ9qjrR1OL7sg+hrOrMsWp7ecxNg/dNV6WkBtRuHXIp9ZdrP5bbW6GtJWyOKBj6M0lFIYGkzS80hoAKWkoFMBaKKXNIYmTRSd6WgBMUdKWkoATNIRSkU3BoACtAoFOoAKWkFOoAKSlooAKXFFFAC02looEJTSaUmmmgYhamEmlNNpiClFKAT0qRI22lsU0ribGAVIBSCnAZNbJWMW7ijrUqp5jgAcCmoCfk755q1xBF70mxoaZEhGxRmkgiXcXHIqBUaRvUnrVwssKAVIxs65RsdxUVpuXIIqSPMpLH7tPkwiEijyAgd3aTb+VPMIC7mPSmxIzHcTxT5324A70AQIMuvHGauHgVBAN7E9hU0h2oTQBSZtxY+pwKuxLtjAqtGiM4BHPWreMChjK923Cp6023GZCfTiopXJmYkfd4FWbddqfWgQ6ZtsRNVYVy49BUl03RKSL5Y93rQBHdScgenJrCnfzJWatG+l2oxzy3ArLxUsaDNFJSipKDkUvWlooAKM0UUAKKMUgpc0AGc0CjNFABRRRmmAUUvWkPWkAAc0tFHFMBQaTHNHFKfu0ANoFKBS4FADc0qNtPApAM0dKAHZzSYpKd0ODQAmKDQaSgAGc0nenZwKTFABR2pQKDSASjGO9GaM0ABPNHWjHFHegBcYoAozSGmA7vSPjNC0Y70AJRS0vFADMUtLijnPNIAB4o60hpeRTAKKKSgB2aTpR/D0ooACaTrS0d6AEo70tIfagAooozQAdetJ0NKOaUjigAzS5ph4FGaBDqWkpaBhk1JHKyHio6KANGG5VxzwanzWQG561YjuSmAeRQIvUUxXDDIp9ABRRRQAUlLSUAFLSUUALSUtFACUUtJQAhpKDSUALSUmaKAHUopBS0AOpKKKAFopKWgBKKKSgAoopaAFopM0ZoASiikNACUUlGaAFpDRmigBppAKdiigCQ0lLSUAFFGaKAEooooAKKWigBKKWigBKKdSUAJRmlxSYpAKKdTRThTAWiiloAbikxTjTaAClpKWgBRS0gpaACilooAbikxTqSgBKWiloASiikoAWlpoNKDQA6iiigApKWigBtFOoxQA2ilooASikooAWikpaAEopaKAEopaKAClpKKAHUU2loAWiikoAWjNNzSZoAfmjNMzS0AOpGYKpJpC2BmqNxPvOAeKACaYufaq5agmmk+lABmkNHf6UmaBjqKAcCjtQAmaKB1ooAXPBFJRSUABoNFHegBaDSdaKAFo4ApO9GKQC0lAoxTAKM0GjFABS0Hik70ALiko6UvWgA+lHOa0dNsEnQyyHjPAFWpLK0TqMfjTsK5idqStX+zoJD8kpH1qvNp7ofkYP9KLBcp9KUIzfdBNaKaaEZfObJ6lRV6G3UjIXavt3osFzFjtZJH27SPc1q28It4vlP41b8tAMYpAodhx8q1SRNwgix85/AUs0gHy+1Pdwi5NUZ97RM38RPagDOumDyAAYC9ajCAck066IQ7F696ru5xyallCyyZ4HSoc80lFIZuW8omt0buOD9amYZ+fOQetZem3AjkMbn5X/AENaS4ORnGa1TM2hhORxVeQBSMdatFdrEHFQSj5qGrgmJ5vycCnROXHtQsK4qRFCrgcUkrDbuhcU0KWenHpSkbE92qiRHbMpPammlABpuDvA9aAHj7h96j2OzZQgEVJKQDgdB0qeONCo9RUsaKlwDJEwI+bHI9axyMHFb9wm07gOO9ZN5DtbeOhqGWVqSiipGLVu1udh2P0qnS0AbW7OCKeDWbbXO3CN07Gr6sCOKBj6KOtFIYmKKWkoEKtLSDiloKEpKUijFAxKKKKAFoGKbRQA7ijFNpc4oELtpcU3dS5oAdSUmaQe1AC5opRzS44oAKaTSmkoEJTWNKajamMaTQATUiRFuTxUgUDgVSjchyGwfI3PepJnzwDxRgdqibrxWijYzbuKBmpFUxncabsZCGPSoZ5uvNMSCWXyiG3EH0qc3STIoVxn0NY8sjP1pi5zWbkXynQWtygUq3BzSXEmTu7AVhF2B4JzSvNIwCs5NF0Fjoba4QoFpl1ON23PFYcMjpyGIqV7lyhB5p3QrG/HImwYIqvM+6U+wrGhu5EPXP1qV7p368fSgLM27YYiHvTbpui+tZkWp+WMHPFPkvVchgc+1AF62GXZqsMcKTUFpIhj6jNSXD4jPvQBAP3n3u5q0BgVVgGZAPSp5SVjJFAypId8rfXAp8zbIwo+lMiHOT2pjv8AekPRelAjN1B8yhB/CKqU6Ry8jN6mm96hlIKWiikMKWkpRQAlKOaKKAClFJTgOKAExQOtFFAAeaTvSijrQAUZopfegBO9FA607gmmA2lzxTtvFJxQA3NLmjikNACj2o7UnSjNACg0E5oxxmjFABijFJmjNAAaXtS4GM96Q0AAOBSZzRRigBQvekpR+dJQAtJj0ozS5oAQjBop3G2m96AFpMUtJSATvS9qMUUwFBo60hozQAueaXHGabSikAYpKXGaSmA5aTtSZozQAoFHSgUHmgBBzSkUgo60AHSjrS9qSgApwNNxS4NACGkpaKAEBp1JikFADqWkpaAEp1NJooAlilZD14q/FIJBWZT45ShBoEalJUccwcdacTQA7NJTc0tAC5pabRmgB1GabS0AFGaKKAENJS0UANxRTqKQAKWkopjDNLSUUCFozSUUALRSUUAGaKSloAWikpaACmk0tNNACZpuaDSUhjqUU0U6mIWiiigB9FFFACYpKdSUAFLSUtABRRSUALRSUUALRRRQAUlLRigAozSUtADs0ZptGaAHUlJS0AFFFJQAtLmmZo3UAPzRmmZozQA+im5pwoAWikooAKaaU0lABSikpRQA8UtNzS0AFFJRQAtFJS0ABppp1IaAGUmaU02kMdS00U6mIWiiloAKDS0UANxRinUlABiikzRmgBaSjNJmgAptLSUgCl3YHNJVW4m/hHSmMLifd8o6VV+tKTnmm0AFJ3ope1ACUEc0ueaKBCUUd6WgYlAoooABR2pKWgBO1FGOKXHFIBPpRR06UYoABTu1HApKYCUZpeAKSkAoxSUuKBTAQUClNJjigBaQUtJQBraZM32dkUgFan2Fz8o3HuxrItpzbyhxz6iti0uklYgcDtVpkMU256kg00RSZztAqeSZFOM800SjvkUwGCNzKN3OeSauZwKg80BuaaJDJLtz8vpQBKDxvb8BTlISPcfqajYb2Yf3RgUrArEqn8aAIXLSOPXsPSoZ5gkTIud3rVhDgc8bu9Ub6aNFbb1JpMEZsrYOT1NQkknJoZtxzSVBYUUUUgFHFa1lP50eCPmHU1kVPbTmCUMOncVUWJo2/LLr15AqF1UnNSK4dVeNuD3p8kP7oFDnPWtLkECHHBpzYBFJtwoz2pXGVFMkdGu9wvaklbnJ+lPHyxr/AHmqFxmgYoxinqMKW/AUyNN7BB1NSOu1vLB70AESq75boKtGNCMrwfaozBlcA4quzPBIM9O+Kkosbvm2OOfX1qG4tVkiO0fhU26OVPlb5u1RiOXP/wBekMwZY2ikKMOlR1tXdi83zY+asmWJ4mwwxUNDGUUlLSGKOauQT+X8rmqo+Rc/xGm5oA2VYMOKfWXBcFDtbpWijhhkGgY+kpab3pDHDpSimd6cKAQUZpTQKCgpM0pNNoAXFFJk0maAHUU2nA8UAGKMUmaXNAAOaWkzSigBc0UdKaWpiHU0mm5oxmgWwhPOBTxFjlh+FPjQAFup9Kcw4yx5q1Ehy7Dcc9KAMnApv2hU4BpjXGWwBjPc1oZkjxn1FNIVWwMk0xpERf3kmfYVA99hf3S496Vx2LMpCqTKce1Z0jGRumAO1IGaQ7mOabIcDAqGy0iM/M3tTjhRQgwM0Ku5vapGCr3NNPU1OwwpqEDJA9aAJEXC02X0qfbxUD8v9KAGoMmnngU6JPlz60k3AxQBBSs2OKTODToozI9AFm0uWiXGM1aF55mAexqq6bEpIVO/PYVSYrG7bL8m7uaLl8AKOppltMPLFMc+dOMdBTJFYYiqjqb7IFRf4utaFzkADsaw76XzZz6LwKQyrS0YoqChaB0IoooAMUUUvagBRiikFLQAUCg0uc0wEzS4opw6UAM6UUHrR0oAM0vGKQdad2oAb3pRmkJozQA4E9KSgmkoAKB1ooCmgBSabS9aXFIAz+VKaQ8UZxTAaRQOlL9aOlAAKXvSUlADqbSjrSY5oAdn1pMcUYpe2KAEopRzQaAEoFAoOaQC4oxzRnmgnmmAEYoApd1JnrQAlJS0uOKAG04cUlByKQC0Gk5ooASlopaYAaSlPFGQaAEoNGBRQAUtFJQAUUtFACUUHrRQAvSjGaTPFLQA2nUhpuaAH0UgpaAD6UuaSjPNADkcq2RV6KTevvWf3p8chUgigDQpajilEg96lxQIKKXFKBQAlFOxRigBKSnYpMUAJRTsUlADaWikoAWkpaKACkp1NNACUlLRSAKWkopgLS0CloASkNKaaTQAhNJmikoASjFLSUAOozTc0ZoAdmim04UAS0lLSUAIaSlooAKWm5pc0ALSGlpKAClpKWgAoopaACiikzQAGkpaQ0AJmjNFFIYtLSUtMQtFFJQAhptPpMUANpM07FJikMUGnA0ynCmA7NLSUUCFptLSUAFFFJQA6lzTM0uaAHUtMzTqAFopKKAFpM0UlACUYpaKQCYp1FLimAUtFJQAtJRmigAzSUUUAIaKKSgApaSloASkp1NchVJNAEE8m1frVInPJp8j7iSajJ4xQAhNFLQaBiCg9aO9BNAAKKKKAFFHekozlqACjik70tACUlOoAoASjNL3oxSASlo70Y4pgFGOKBxQTzQAYGOtFJ/Sl70AJRmnbab0oAO9LSUUAFHeijpQAtSW8vlSq2OB1FRdqUUAbdvtnXdGcL39ak8lc4yaz9LuBHIUc8NWmkgeTatWQOKJtwRSxKqcKmKecIM0bgq7j6UwGswi4HLNUOd8gV2pomQOXZh0zWfc3iglk5YnvQBbvZE8zmTai9h3rFmk8xzjpSSSM5yxplQ2UkJRRRUjCilooASloooAmguGiIGTszyK2raUFQ4PymufqaC4eBuDx3FUpEtG/L5bpuQcioo13uFqvDdxMdw6n+E1a+UoZIyQT+laXJGt9446dqjNKDilRd5PPApiHQ/LvkP8PSnwp5jFqjcjhBU8P7uI7qQxHZ4nyehpsiebgg8ipRKkg9RThGr4yMYqSip5Tg8p+VODuh4JH1q7sx92k25HIoEQLcH+IAj2psscFyuDgE1I1urHpg1G1u47hvrQMxruze3b1XsaqjrW86tgpIuVPY1k3NuYZMj7p6VDQyFjlqbQepopDCpoZ2jPt6VDRQBqxTq44NS9ax1cqcjirsF3nhutAFz2pwpmdwzTkagpDs0UHmkzSGGKTFLmjNAxKXFFGaADFJjFLRQAYpQKM0UALig+lH1op2E2JSYpTkjihV7nnNWo9zNz7CBMmpVj7ngUrnYw9hTd29D5hwBVWSJbbGvOq5VBzVczrj5gSfSkmniLYUfjUbyKFyBSbBIZNMzHHAHtTFyVySaiGWb61K3C4FTcqxAxJJpACcCnsm0AdzT4Uy2aQxx+RfpUHLt9ammPG2kjTAyaAGNxxU0KfJn1qLG5vrVxVwKAK8/C4psK5f6U6bmXHpUkCYXPrQIVuFzVXr+NWp+Ex61DGmZAPSgCULgAVXmPz/SrTkIuTWe77mNACAFmrRtYcLu/CqMA+fNa9tzFQBWuFywX8amjiCx0joDcc9MVYmAWI49KdgKau25gDwa0bJMLuNU7dDuzjjFXI5ht9KYiLUp/LjOOtYPfNXNQn82YgHgVTpMaDtRRS4qRhR0oooAKWkooAdSUc0UAGKUUdqAM0ALnNGaDjFIMUwF75pKWkoABS5pBRigA70UgpaQBRQOtL1oAAKCTQOtIaYCikzRRQAtJS5o4xQAZpDQKUUAIKWm0tIA7UgzThRQAlLnvQDzQ3WmAUYzSUoHNABjnmjvQaKAAiijGfwpO9AC9qSlFJQAtFFJmkAUuaTvRQA4mm0pOcUUwExQDg0tGKACjFAoNABQOaMcUUAFJS0daAEopaMd6QCUvako6UwDpRQaBSASkIp/eigBopeaaetKDQAtLmkpcg0wDrQKQUZ5oAljfY2RWjG4kXIrKBqe3m8t+ehoA0sUuKFIYZFLQISiiigAoxRRQA2kpxpKAG0Yp2KKAG0tLikoAQ02nmmmgBtFLSUALRSUooAdS00UtAAaYRT6TFADMUU/FJikA2kxTqKYEeKMU40lABThTRThQBJRSUtACU2n0lADaUUtJQAtFFFAC0tJS0ALSUtJQAlFIaM0ALSGiigBKKKXFIApaKWmAUUUUAJRS0YoAbRTsUUANpRRRQAUtJRQAtFFFACUlOpMUAJRS4pcUAJS0YpaACiiigBKWjFFIAxS4op1MBuKWlooAbSU6koASilooASilpKACkxS0maAFooooAKqXb5O0GrErhEJrOkcmgCNuvWik70vagYhzmjNJRQA6m0tBoAXGKTvR70CgAAo6D60ucDFFACdqBwKTtS44oAKKKO1ACik7e9HSigBBTh0pAKKACkpaO1ACCl70UhoAWgHNAoxQAlFBpaAEopeKKADFFFFABkjmrCX0qgZALDoar0lFxWND+0mkQBxgj071XmvHkAG48VXppp8wWHmaQjBbiozS0lIYlFFLSAbS0UUAFFFFABS0UYoASlpaSgBQcGrq35xsIO3FUaKdxWNNblD905qRZfRutZH0pyyOD1quYnlNqB/3oBHHrVxlWZODWJFcsqg9/wCdX7a5HUHB7g073DYUo8beh/Q1KJ5AOADUouEI+ZTThLD/AHf0pgQ/aJh/AKPtM39wVN50f939KPPj/uH8qAIw87j0+lLsm/2qk+0L/dNH2hfQigCImUdVyPeoJokkUjbg+lXVmjb+KlPlsOopDOZuITG/tUNdFcWSyqQKxbi0kgbBHHrUWKK9FFLSASlpKKAJ4rh4++RVqK6QtzxWfRmgDcVww4oNZEdw8Z4arcd+p++MUDTLeOaUjvUYnRujCpAwIPNIq4nelo4ooGGfaloAJOBUwi4+dgKdhNpEOKeEJHSpjFtTMZzQkbyJ8x21SiQ5kXlHGQR9KFiO4bu/anmJkkBByKi+0KJ2BPI4q9tiG2xJXUHA6U6JcjLHA9KgmcfwcGq+9wchj9KLisXJ2PGxunrVN8KOW/AVG8zs20GkjVmO41NyrDwB1xUU5wQKld9gqozFmzUjJYxj5vWplTuabbruOewqSZticdTQMrt88nH0FT4CJ9KigXLE+lOmb+GgRGo8yTNSy/Kn1p9vHhc45NNm5kA9KAGwLmT6VZPAzTLZPlLetPnO2I0wKZ+Zie5NXETaoFQQoDIo9OauEcUAU7j74FLbrwWpknLO34Uk0nlRBB1NADLyXJ2DpVZVLHAFJVvT0Bmy3YUgJbe35AHU1oCPy0+lNtoW4epJm2rg9+KqwivbrvkLt36VYlXcu31ohjCgYPSlj+a4b0ApgOSMKhX2qjJG0SO7njrVmafZIy44qhqF0sibEP1oAzyctmiilqChKdSUtIBPrRiilA4oAKTNLSUAKKXPNJRigB1H0oFIaYAeaBSgUnU0AFFFHekAUp6UUUwEozS0UAApOaKdkYoAQUUnSl60AJ3oI5opSaAEIpKXmjvQAUUd6KAF7UfWgdaGoACRRSUlAD2xmm5o7UlIB1GaQUtMA70UnelzQAUlLmm0AOo4xSUnegB2Dj1pKXOKM0gEpeKKKYBikpTSUgCnU3rRTAXvRRRQAEY6UlL2owMUAJRS0lIApaSigAooopgJS0lFIBRxRRR2pgFN6GlopAKDRSUuaAFxRjNJS0wExilBo7c0goAvWc/8DVdzWOCQav284YYPWgRYNGabmigB2aM0lFAC0UlLQAUUUlABRSZozQAU2lpKAGmkpTTaADNOFNpaAHilpmadmgBaKM0ZoAKDSZozQAYpMU6kNADCKSlJpM0AGKeBTRTs0ALS0lLQAUUUUAIaTFLiigBtApaKAClpKKAHZpabRQApptLRQAUtJRQAUUUtAC0UUUALRSUZoAWikpaACkoooAKSlpKACgUUUALS0gpwoAKTFOooATFGKWigAxSUtFACUlGaKAFopKWgBaWkooAWkpKKAClpKSgBaWkooAQ0maDTSaAAmjNNzSigB2aC2BmkqG5k2rj1oAgnm3tx2quTml70negAoAopBzQMWik7UUAFFLRQAhNHQUlO7UAIRwKMUCl60ABNJmlxRigBp5pe1HGaDSAKKKXNMAPpSUEUfSgAI9KMUtJQAppO1HOKO9ABjpSmgtSd6AExS0tJ3oAQ06mkUDmgBc5ooIxSZ4oAMUD3pc8UlACGiloxxmkA2kpaKAEopaKAEoopaAEopaKACiiigAopaTFACUuKWkoAKSlpKAJkbOKuwx4QHuaoQDdIBWsBtTPpTQivLIyEBTj1qWN5NgLMc1EkfmS89+asSfIhNUIgkuHDYDEipVZ9oLHmoYot789utTTfKlFwsQtcPng8U7znz1qNIi2fQVOI9yA96LhYb9qxnI6U4XQJ6YqKWL5/qKesQeMGi4WLUVwR3yPSrBeKZcMPzrLwV4p4kdR6j2oAZe6dty8PI9KzSCp5rchnwfVTUF9ZrIplh/EUmhpmVSUpGDSVIwoopaAEopaSgBc05ZXXoxptFAEy3Uq/xVMt+/QqDVRRuOBWlFZxQqHuG567adguWRMUtDKRhm6VXAYrvkYk06QtcEcbUHQUyWTHyAVWxI+K8dTtQ8D1ptzeSkfewaSOPauT1NQy/O/sKLhYnhvp2G0nPvUbsFOW6mnRIETLVCx82UBaLhYn8xSo2rj3qNztXNSqmOKglyz4HQUhkaoxI9+tWgABgUkKHbk9TSXD7FwOppAVZW3OaRV7mpYodw3noKVF3ED1NAE8K7YxUEzFpPpxVtvlQn2qtCm9/wBTTAkjTZHUQHmSD3NTz/LHgd6S1TLE+lAE4XAqoxyzN+FXJDtjJ9KqIMlF9TmgC1Gm2MCobrllWrXaqcpzMx9BQIfbLyzVLKdqE0luuIh71HePtjx60DKbyBQPzqCRzI2aRzlqRfvCkBfsbESqZH+7VqOJdwCjGTVmJoxaqF/u1DA6+avPSqQmy+F2riqMxMtyF7CrTzqFJzWfFOvm7z60xGi4EcXHaqsMqqrc/N3qO7vFEZUtknsKymnZvagCzd3SFv3Y59aokknNFFQ2VYKKKWkMKO9FFABS0UUAFHeg0UwClpKWkAvSjrSHmgHFMBT1pKSlxQApptLRg0AFKOaSloAKSlooAbSigUYFABQOKXHekoADRS9qbQA4gCk6UGigBO9O60UlABiilHPFH4UAIKXGaTNL2oAKbS8igUAFLik6/hRk9KACl6UmaWgAI9KSlBoOKAA0lLjik+lAAaKKKAHCikFKaAENJThSd6AEFLS0DOKAGU4UnelFAAOTg0p4pvOaM5oAWikpRSAT6UUlOoASiiimAUUUlIAFFFFMApaSlpAI1AxSikNMB1FNozQA6im0tAC5p8b7WzTKM0AaUbh1BqTNULd9re1Xu1Ahc0uabS0AOFLTaM0ALSE0maaTQAuaM0zNGaAH0UlFACGmGpDTaBjRS0uKKBCUtFJQA7NGabRQMfRSClpAFNJp1NNMQ00ClxRigBaTNFJQA/NOzUdOzQA+im5pc0AKabS02gAopKBQA6igUtABRSUUAOpKUUUAJS4paKAEopaMUhiUuaKKYgpKDSUALS00UuaAFpKKSgBaKSnUDEopaKBBTqSloAWiiigAopKKAFpKSkoADSUGkzQA6lpmaUUhj6KbS0xC0UlLQAlFFFABSUtGKQxtNNPxRigRHinCjFLQAjEKuTWfK+9jU91KR8oqnmmAZoooxxQMDxSDilpOtABRml6UlABmiijvQAuKD70hNL2oAbmlz0pcUmKACjNFHbNABSHrS8YopAFHeik70ALS96TvR1pgOJBpPlxRik70AHelANJ3pR1NACetHejPNHegBeopKKBzQAtH0oFJigAzQelJ3pe9ABSYp1AHFIBtHTrS0hpgIaKKKQBRilooASg0UlAC0UUUAFFFFABiilJpMUAJSiiigANNp2KQ0ATWn+vFacpxCfesq3fZKCa05WzEp96pCY62UFnP4Utz0VfU060+631pLrh0piC3X93n1NR3P3gPQZqe3/1IqG5H7z8KAFgTEQ96ehAkKfjToeYl+lQT5WfcDjigB9wn3WHY06AZ3j3p/wDrYfcimwH5lJHXg0AR3UZCbl6ioEfJA6Ma05I9yEVmbNp/3TQBLs5/umnZdB/hU2zK9KjPyNgHr2NAFSSBJySvyt6VQkRkYhhWu6ZO4Dawps0AniPHzdqTQzIpaGUqxBpKkYtFJS0AFFFT29rJP91ePWmBasLdVX7RL90dKeM3Exkb7tST7RGkCkfKOaVlVI8dKokjnYgYU0JGFGW600DEe9utMQNM2CeKQEkj/LhOfeq2/DVbkASPNVghC7j9aBkbuznrVm1iwu49TUMcZfgdSa0EXCgelICOQhIyarxxMWHvyakn/eS7B0FTRKQuW6mmAh4FVAjTTe1WLltq7e5qSFBHH7mgCOYCOHaPpSWyfLuNMmcyuAOmcVZA2r9BQBXuW/hH41Lbx7Uz3NQAeZL9TV4DAoApznMwHZamtlxHn1qu5yzt74q7GNsYHtTERXRxHj1qOBczfQU655dFp1qOXPvQBMeBVAnO4/3jV2Y4ib6VSUgFMnjrSAtkhI8+grKuJ2mb27VNc3W8FE6VToGFJS0VIyeK7kjj2Z4oW6dG3DrUGKSncViw15M38VQl3PekoouFgyT1oopaBjaUUUUgFooooAKKBS0ALQKT3paAA0hGKUUHk0AIBTsYpOhozQAU2lNFACiiilHXNMBKMmlzSYoAKKKSkA7NIelFL2oAQUUYopgLiikJpRQAnWlxRmgmgBDRRSd6AHcYooo7UAApTTRSk8YoAbS0UUgDNApcUlMAo6milHBoAMYpCKWigBP6UCiikAoOKAaT2ooACaKX60YoASlpc+tIDzTAM0UUUAFAopKQDiuOtJSg5HNJQAUlHeigAozRiigBKKWimAlKKMUopAGKSjNJQAtJRRmmAUYopcUgCkpTSUAFFFJzQA4UtNpaYBS0lFAD1OKt282flNUhT1bBoA0qXNQxvvWpKBC5ozSUlAATSUUtACYoApaWgBcUlLSUAJSUtAFABRS4ooAbSYp9FADMUoFOxSigBMUuKWigBKSlNJQAmKKWkNADTTacRSYoAdRRRQAUZopKAHZoNNpaAENIKcRTcUgHg06mCnimAYoxS0UAFOplLQA6ijNFABRRRQAlFLSGgBDTTTqSgBKWkxSikAtGKKWmAmKWlooASiikoAWlpKKAFpabS0AFFFFABTCacaaaAGk0maDTaQySlFMFPFMQ6ikpaAFooooAWkoooAKdTaWgAxRS0lADTTJHCKSakNUbqTJ2+lAEEjl2yaZijPNLmgBMUE9qUY/GkagYfWikooASnUlLQAlBpabQAU480nWjFAC5xxRSGikAUvakopgA60UUUgClFJS0wEPWl7UvGKbQAZpaTvS0AJzSikpe1ACBaKM0UAFBoNAoAO2KKKBkmgAxSjg80U3NACk88Uc0GlBoAOgpPehjmgdKAEpccZo6UUAHWm06kNIApKO1FABRS0lABRS0lAC0hpaTFABS0lGaAFpOtAooAF4IrQ3Ztx7Gs6rUDkwsvpTQi/aN8zin3Qyqt6Gq9q/70e4q5Iu+Mj2qhDLY/KV9DSXK/df0qOBsSDPfirMq7oyKAI7Y/Jt9KbdL0b8KZC2HHvxViRN6EUAMtz+7HtxStgH0IORUUDbXwe9TuoOM0wLKncoPrVGVMSOPXmrUB2gp6dKiuV+dW/CgQ+3+aIVFdpgBvSpbP+JfQ1JOm6JhQMrQrvQqeoo5jbBohOHX34qxLFvT3HSgDCv4/LnJ7Hmq1at5F5sP+0lZNQxoKWkpyKXYKOSaBk1rbNcSADp3NX5ZNmIIOAPTvSkC1gESD9433qdFGsK7jyxqtiRiQhPnc/NSY82QnPyiiZ9/A5NKrLEgB60AJccIFHelgTapPrSBTI25vwFOlfbiNfvGgBkh82TaOgomGFCj8akVPKTJqIAuwB6mgCa2j2ruPepZSEjLU9V4x0qvNmV9g6L1pANgjYnce/Wp3bYuTSxKQgz1qtdPk7R0FMCI/vJAT61PcP8AJgfSmQx52mln+8B6UgEt48sP9mprj5Y+Opp0C7Yx6mo7k5dVpgNt1/en2FWHOEJ9qitR94+9PuOImoApoM7R6mtACqkK5lT2FXO1AFKbmYn+6KnthiIe9V2OS59TiriDbGo9qAIbs4i+tZlzJk4HarGoTkvsHaqJ5pMYlFFLUjEpaKOtACUtGKMUAFJS0EUAGKDRRQAlLRRigAooooAO1LRRQAGlHFJiloAbS0U4UANopTSUABpaBQaACjFFLTAQcUvem0tAC02lpcUAIKM0tFABmkoxQKADGaKUdKSgBTRRQaAENFFFIA70tJnFKPemAd6GXbRx2oAz3oATtRQfSigAzSU7HFJQAYzRQKM0gClBGKSkpgLmiigc0AB60tAH6UEUAL0FJS84ptAATxR3pKWgBSaTvRRQAopO9LmigBM0fWkpaQC9KPejNFMBM8UUYpKQDuMUUlFAC0lKelJ7UAFJilNANMAoNGaTrSAKXNJRQA7ORSYoooAKBxSUvagAzRTaWgAIpaBS0wClBpKSgCaKTY1X1IYZrLHWrVtLg7TQBaNJTuooxQISilxRQAlLSUUALSUUUAFOxQKWgBMUYpaKAG0lOppoAKM0lFADs0UlFAC0UlLQAlFFJQAUlLRQA3NGaQ03NAElFMzS0AOFKKQUtADqaRS0UAMpwNNNJQBLmlqMNTgaAHUUUlAC5pM0lFADs0uabRQA+kpM0tACUUUlIApaSlpgFLSUtADqKSigBDSUppKACiikoAdRmkpM0AOopM0UAKabS0UANxSYp+KTFAxAKWlooELRSUUALS02loAKWikoAWikooAdmkpKM0ARzSbENZzNmpbiQu5HYVAaACiiigYUh60tBoASg0AUGgAzxQM5oo60ALSUGigBcd6TPFLSUAFKOeKQ05fX2oATFIR2oo70AFLz0pO1AoAXHrTacDR3oAQUveiigApO9Lmj3oASlFHak9qACig+lFABS0negcUALQOtIaBQAUcUvFBHFACdTR7UoHNGOaAG55paSnYoAQUUUYoASg07NIaQCUYopehoAMUg4opO1AC0UUZoAWkzxSg0YpgN5opTwaTNIAo60UUAFSwMAxHrUX0pyggg0wLcTbWU+hrTHIrIzgmtWI5UfSqJK33XI9Gq/jiqEn+sf6itBfuimBQddrv7HNXV5UGqs/8ArX/CriD5B9KAKMg2SNjtzVsfMoPqKrzj98/0qzD/AKpfpQBBGxExUn7v8qsTrui/Wq03yT7h3Wp4X3xjPegQy2bE3+8KusMis77j/wC6a0FbcuaAKDfLuH905q6rBkBqrdLtcNjg9aW2Y5KHt0oAbcLtfPZqxruLy5TjoeldBMm+Misy5i82E8fMtJjRl1d0yHdPvb7qcmoLW2aeYIPxrSZgo+z24+rUkhseg8yZpT07Us0i9KdGPJi+b8agAEk+ewpiHQoAmSOtMVfNmLdhRPJ82xfxqaJNkYoASU+WhPftTbWHq7dT600fv5/9kVcJCLQBWuSCQg+pot1yxf8AAVG2XbPdzgVcjj2KBQArsEjJqC3RiSx6NS3GXcRj6mp402rzQAyVwi47mqbDK+7GnzPukc+nFRwnfP8ASgC0i4FVj8xc+rYq4eFNUoxuZR6mgC8o+UCqs5/ffQVdxxVKTmRz+FAE9qP3QNJdfcC+pqaFdsYHtVedsy/7tABbL87H04qeU7YyaS3XbHn1pl23yBfU0AVUGWQepzS3V7sJROtRyTCPcQecYFUM5PNAA7l2yetJS4pKkoMUtFJSAXFJSg0cUAJRQKKAFxRSUUAFFFFABSmg0lABSijvS45oASlGM0UlABRSmjtQAhpaXtSUAFGKUUh9qAADmlpM0ooAKKDSGmAHFKMYptLSAXIFG6koximAZzSimiloAWkopwoASk5pSOaKACkzQaKAAUGkopAKOtKaMUdqYBSUClzzQAGgUvBpOhoAO/FJRSigBtFPwKZSAd2oxSDil6GgAxg0h604nNNPWgABpabSimA7PGKbS0negAooopAL1pKKM5oAXH60neikoAKXFJS0AFGaSigB2aSkozQAUo60daKAF70ZptLTAXqKb3o6U6kAlJSmkoACKKKBQAUUGlFABiilptACYzS0opD1oAWlptFMBaM0A0nekA4U4HBpq0tMC/BLvX3qas+F9jZ7VfVg3SgQtJS0lABSUUlABSikp1AC0uaZS0AOopuaM0ALTTS0GgBhopSKSgAp1NFLQAZozSUlADqM0lLQAZpKKKAGUlPIpMUANpwNJtNGKBjs04UwCngUCFopaQ0AMNNp5FNxQMQU8Gm4pQKQiQUUgpaYBSU6koASijFLQAUZoooAKWiigBKKdim4oAKWkpRSAdRRRimAlJTqSgBtFLikoAKSikFIAzS5pMUuKBjhS0gp2KYBRiiloEJSU6kxQA2inYpuKAEpaMUUALRSUpoAM0UmKBQAtQXUmxcDqanJwKzp33yE0ARZpKKSgYd6WkooAXNJiiigAozQaSgApQKKXtigANJRijoaAAnigcUdaSkAvWl6JSCloASik70pFMApKX2oxQAZpc0nSlxQAUEUnSloAQUpOTSDmlIoASjmlxQaAA9RRSUUABoHrR1ooAKO1GKKAEp7feptOPIB70AJnFGaTBpR1oAQ0Zpcd6bQAvNJS0uM0AJSUuKKAAdqCaKKAE70ppKKACkNLzRikAUuaKQc0AIaMU403NAC0nWil7UAHAFGaTNAGKAJEPrWvbn92v0rHUita3/1a/SqQmMk/wBa/wBRV9fu1nnmUn/arRHSqJKUnLuferqjCD6VS5LH/fq+BxQBSl/1khq1GMRr9KqSctJ9auqPlFAFS4/1p/3akhGIlqOf/Wv9KnjH7tfpQBDN1z+dTWj/AClD2qvcErMuPSkjcqyv26UAXpo96EVSUlGDd14NaAO5c+tVJ1Cy5xw1AFgfMuaqyptk9jUls/WM9qfNtUb27UAUyi2kTBR+8kp0MflJnqx60QqZpDK/TtTpZQnHc0DIJZd/yikJ8mP/AGjUkMRJLGo5h++9lFIBsKF35+pqa4bC7R3p8CbY89zUJ/eTfjQBPbxhV3dzRccLjuamAwKqytulJ7LQAQLmX2WrfRc1FbRkJnueaW5Yqm0DluKAIYwzyl/7xxVs/KpNRW6kLyOnFF2+2LHc8UwKLnKsfU0+zTLM1RynGE9Kt2abYs460gHzfLEar26ZlX2FTXXRV9TTrVOC2KYEjnahNVIk3uoPc5NWLk/KFHU0WqdXx7CgRKflXNUsb292NWblsLt7mm28ZJ3dh0oAmA2rWZe3IEvHUVdu51hQ5PJ6VhSOXcmlsNCs2+mUZpakoTNLRikpAFGKUUvagBtFFFAAKKKWgBDRRRQAUUoFFACUUuKUCgAxQKWkoAKBRR2oASnU2lBxQAUUCloAO1JRR3pgKMUUCg0AFHbNL1FIaADrRQBRQAmaM0UoGaAEHNKcAUvTNJQA0U4dMUntRQAUuaM0YoAT3peaDRQA2nCkNFAC5pKSl5pALmikopgLQaQUdTSAKMYoooAOtFBpKAFNFJS96AFzSGkzS0AFGKUdMUdBTASijvRSASil7c0lABS4wM0mKcpx16UANopT14pKAFpKO9LQAlOFNpe1AB3opKKAFozzSUUALRRSUAFLmkpaADrSYope1ACGgUv1pMUAFJTu1JimAoPrSGil60gEoNFLQA2loIpOlAC0UUUAFKDSUtAD1NW7Zx0qj0NSK5BzTA06KZC+9eKeRQIaaSnGjFADaWlxSEUANozQaSkMdmlzTaUUxDqKBSmgBppKWkoAMUUtJQAhpMU6jFACUtIaKAFo70lKKAP/2Q==</ProfileImage>
+          <Title/>
+          <Department>Werkstätten Helsenberg</Department>
+          <Function>Job Coach</Function>
+          <TitleAfter/>
+          <Email>Bruno.Bissegger@stiftung-helsenberg.ch</Email>
+          <Phone>+41 33 972 85 66</Phone>
+        </User>
+      </Profile>
+      <BriefkopfLogo>iVBORw0KGgoAAAANSUhEUgAAApYAAAC9CAYAAAAJBj3WAAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAALiIAAC4iAari3ZIAACjcSURBVHhe7d3NleQ2soDR2dZuTBgT1B7IBJkgE8aEMUEmzKb3MmFMkAkyQR7onagD1GMHgIjAH5NMfouro0aRIIgEiUiAYP7j77///sfTfP/49tP3j2+/f//49h/9tyf7/vHt1+8f3/7+/vHtr+8f3/6l/w4AAGApEt7d949v//z+8e3PFECJn/U2TySB5KFOBEE3AADoUiS8u+8f335TAdT/9DZPJPWg6uUPvQ0AAIClSHhnMjqpgqdPerun+f7x7RddJwnT4QAAIKxIeGdqCvzoF73tU1QeDTj6t94eAACgpUh4V/LMYCVwyn7T2z+FUy9MhwMAgLAi4R2lVeA6aDr6U+/zBJUFOzVMhwMAgJAi4R3JyFslYNIeF0BVFuzUMB0OAABCioR340z1PjaAMhbsaEyHAwCAkCLhnQSnerPf9f7vzFiwU/O40VwAANCvSHgnwane7C+9/7vqGMXNHjWaCwAAxhQJ70KCoUqA5Hn7X+FJo7jyk4363C1MhwMAAFeR8A4Ggyfx9q8dSr+Rrs87gulwAABgKhLeQecU+NFbj8y1fnkoiOlwAABgKhLurmO1c8vbjsx1LtjR3jroBgAA84qEO0s/TzgyBX70q873HQws2Kl526AbAADMKxLubOL5waP/6nzvbuKZU43pcAAA0FQk3NWCKfDs7V47tCjgFkyHAwCApiLhjtIU+Mzzg9pP+hh3Nblgp+af+hgAAACiSLgjeU1QJQCa8R99jLtaHHCLt3wGFQAAzCsS7mbDiJz4nz7OHS1asKM96qcvAQBAXJFwJxumwI9uPeW7cMFOza3rBgAA7FEk3MmGKfCjX/Tx7iSwYEeCzp9kQU7lbx6mwwEAQKFIuIsUFOmAZ6XbvnYo+HjAZ3A4OF3OdDgAACgUCXcxONLW4099zLsIPB7wdW7BILSG6XAAAPCDIuEOBkfZRtzutUPBuvma5k/Pqeq/RzAdDgAAflAkXN0JU+BHt/qlmeCCnWLFe2CfGqbDAQDAD4qEq5PAqBLk9JJASqaAvYDqVsFTYMGO+Lmy32idMh0OAAC+FAlXJiOIleBmxOdUsCzQqfztB7oMVxV8VrIYrUz7RqbPa5gOBwAAX4qEqwpO80Z8BVfBQPUWrx0KLNgRxWhl2nf0d9ZvNaILAAD2KhKuamK6VvsKroKjfL/pslxNcMSx+fqkyedWmQ4HAACfioQrkinXSkAzopgKrmyjXfq1Qx0juf/S+6p89PZRTIcDAIBPRcLVpNfhRAKniGIqOPg+TDMoe6Xggp3maOUhn9ERYabDAQDApyLhaoKBU0Q1AIos4LnqqFxwKl+Ccjcwnvx5TKbDAQDAtQPLiUUlNdXgKriApxqUvlpwwc5/9H41wXpouWTgDQAAzlUkXMXiKfDmVHB01E/v92rBBTtSf6HRxGA9tFwy8AYAAOcqEq4iOEUdVR2tPBxLb19TPJ/5Kh1Bd2i08pCv3j9M5wUAAJ6nSLiCydEzrTlaeTheZAFPV5C2UzDoDo9WHvKNTK233OJ9nwAAYJ8i4dXSaNxMgHMUCq6Cgdofer9X6Ai6u597nFwo5QbwAADgvRUJrza5OlkLjTJ2LFxxg9TdgqOrQ+/eDD632XK551ABAMC5ioRX6hiNiwiNVnYet3sUcKWOAHionB310MJ0OAAAD1YkvFJwNC4qNFqZjivT73r/mpdN93Ys2Bmesk+/4qPz6/Gy+gEAAK9XJLzK5DSsFh6tPBw/8lzny6Z7g8+BiqnV68HgteVl9QMAAF6vSHiF7x/ffqoEKTO6p4I7Fq78pPfdrWOKuvgt9F4TP+2YMR0OAMBDFQmvsHgKfPfClX/rfXfrqJ+p0cp0rGg9tDAdDgDAQxUJZ+tYkBLVPVqZynHaqGCPjvpZUi6pv0rePZgOBwDgoYqEM6XFIjPP9GlDo5WpLNEFPKLr+c1RHQt2hPnrQlGLHktgOhwAgAcqEs604Hk+bSqgCS7gmT5OVMeCnaXTz5X8ey0tDwAAuIci4SwdU7xR01PBHQt4ftP7rtYxNS+WjFZmHc90trztdHgaZZe2K0G/98VIRptlG9lW9ln6Oe2URq6l7C1broE0Si9tX571FXJNHo97+uI5AEBckXCGDVPg4syFK8NT7lEdwd3yDr5jpNRyyqjuGVKwI4Fh9DOxyKi4tLNLB5mBLzbTX+SydD+QOonU7/R1DgDYp0g4Q8fIYNSSTi7QmR5tCww6RnO739cZ0XF8y1tMh6eAZ/WXoEwC+G3taEbgWpi+5lLA3vslhsASAC6sSNhNRrIqncWsJZ1N5wKeLa8d6lywE/51oR6BoCLi1tPhaSo4MoI2Sz7rLZ/jjEAbmAosU/7Rdn50uboCAPy/ImGnzqApaqqD0zrK97ved4WOEZwto5WiM8C23HI6PAWV0Xawijw/uOXzHLEzsJz8cklgCQAXViTstGEKXCydSkwdvD5Gld53VqAzP9oyYpp1rJC33G46fDCozIt0jvQ2EV2/817ZP5sOvgJtcSiw7Hy+WkaMc33mxTzV2QmjzofKCQAYUyTsEuioRiwPXDoW8IhqJzeqY+r1jMVDrY66x/ZyrtQxoi5B92/e569WOEc+2672XNk/u3Jg6bUr+bu8pL9r9NbId6icAIAxRcIOqYNdMQKmLR2tFJ3TdMtWZHcumBn6daEenQG25TavhwmMqEvQOVz3h9XPreDVDFS1yv7ZisAyB8Ut3Z9rIFgdHoUnsASAaygSdkijO/qGP6trdCcqdf76WC1dU5ctHSNl4pRRwM4A27Is+N4pEPTIiGPXKFpLYzV0dwBUKWM2HVjuUDnnZWUmsASAaygSVgt02CMkCFs+Wpl1BHliuhxOh6udsiCmM8C2nBIIz3I+g2VB5VG6NnJb6x4JrZQzmwrSdjGuq+k2QmAJANdQJKy2aQp8a8dpdFI13QGBOlZP4H1qJ1k5/qjuadOzGUGP6Jqi7pEC+KE3DFTKmW29PkY4v0E/PaptXLOnXjMA8HRFwkoLn9M72vaanayz3ENBweFYkUUd2bYAp8borHtNBw47OUHPkscddqiUNbtiYGl9gZoehTfaKoElAJyoSFjF6axnbO80O58vHH4ReOeCndM7yIXPxk5Pde7kBD3b29uoSlkvW2bny9r0FyYCSwC4hiJhlc6RuKjto5Vi4PnC7qnezgU7Q8eYlV77ossx6vTyRzmB5dSjDjtVypoRWP4/AksAOFGRsILTicwYfh1Jr86gr7sjdxaLaFtWwHucgKvXZafDnfN8aWCZvuToV/1kuqyZtC29bUtz8Zl1bL3tYZ9i28Rq7zJyr7fXPstZSc9aX2QlXW9bpc/lcE7Wq5ea9Rfh5B36Ej2aR5pVkrqXmYn8IvpM7uHyxXLq/KJSW5PjyXHltV/HskjbkXI2v5xadaC3BbBXkTBrYLQv6tTpVGMEpKZrVGTgMYFTbu41lbKMOvXz65E6IF3e7KUB8cYvaVnzS5F1bL3tYZ9i20U+y1lJX0afy+GcrPbRrL8IJ+9QUNSbRwrgehZVyr2wyGeFVJaee62Uu/iyZ9WB3hbAXkXCrM6bRI/iZrKT1alWdN10O+voJaOVmTESNKI54vBKTqD/0oC4sx2OaAZG1rH1tod9im0XIbBsiOaRtusJKDUZOWyOgPZI19zMvUXO4+t+YtWBPjaAvYqEGZ2LUXqc3rl3PF/YO1oZzVdsfV9nRODXaHq8dPTP4jz6cNojGJoV3C3SDIysY+ttD/sU2y5CYNkQyaPzvmOZfkvCwrKIzwEHqw708QHsVSSMSlPgVuc849TRSuGMYh2FA7+BBTtTndYKVnAx4PQvCFGBAPr0NigW139Ns41Zx9bbHvYptl2EwLLBy6PzLRcRw18QFweVmZxjsw50GQDsVSSM6pze7dE1IrhSpSxaV6fS+fqeU1bAe6wb9qCrTodHzlOCz1PLbwV3izTbsHVsve1hn2LbRQgsG5w8JJCzvszKlHJeJNMzTd59HXQGlTJNLmU6LuTR22Ryfs3gWZcDwF5Fwgjrol4gdHPdIXAzCwd+HSOg2VSHtUoaZdVlmzE82rGb83kfSacnQdf2tmmtzK6UK1u1Krw7sGyx8pJy6O1bKuX36mLFqnAr/6nr1Mm7WaaOPGrB4ucCmNr9K13vXjAqup79Ds5oyd+lnVhtUvqa2nVaS/uk8wCwV5HQa2B6t8fLRiuFM8LYNTVq3fgq5MZf3PRfZfHne+Xp8EjnVyPBS34lSigYWKFSjmwq2MmsYFBv67HyWlFnlTyz6XuIE7hN1bWTd6henDy00PPC6b5uLq7R+1gCj5rI38P3vJ7n+fW+APYqEnoFbhgzQjfWXYypm67OysinpSto3a0zKI7onkY7SxpZHgkuNflyINeG+f69GZVjZlPBTmYFg3pbj5XXiuu8kmfWda3WOIHbVF07eYfqxckjkzbd1Q4Dr46Lls/Lp2v085BvaKZM7wdgryKhR/TCHjTdIcwypq9DN9SUR++I7uVG9JygYMRlp8NF+txrU4gzpA3IqOb072JnlWNkU8FOZn3ueluPlVfP9dRSyTObvo84gdtUXTt5h+rFySMb+rLqvNg+dO5OHjIqGh6p1CIjl3ofAHsVCVEpYFrd+R41n7M5U6VcXd+unen0mqEOYKcNXyCmX1myW2rfEgz1fCmIkutG8h7uUFMZdb5ZqMP3WMGg3tZj5RUNoCyVPDMCy4k6cK790L3QuYZC52jx+iG9PYC9ioSogYCpR+iGdQY1DSw3yHDAa4x4tlwy4Bo4j4hwPb5SCjBlVMTsvAZJnsMjmJX8sqlgJ7OCQb2tx8prUXCh88yGg6pD3lbgNlXXTt6henHyCOfTUskvc+vWuXcsud95jxrp7QHsVSREBG5ksy4TdKgAuqsTGXg2caoD2KlS1lmhRQRXkjpJCTLl2cmVgebQowGVfLKudtpiBYN6W4+V14p2X8kzc4Mfj3O/m6prJ+9QvTh5TD9aU8kzc+vWmapecg/w3lyhtwewV5HgOWEK/DKjleLwbbjrBu19i65wb9KvNBAke5aMVrxSuhakU5egaTbY7G73lTyyqWAns4JBva3HyisaQFkqeWbT15UTuE3VtZN3qF6cPLrblWZc+27dOjNbXYuJLEYZu9sqgDlFgse5Uczqmmo+w+GmHZ6yHFiwI0KdyKs4D+CPutRnvYIKNpudXUPXCE5l/2wq2MmsYFBv67HyWtH2K3lmbvDjcQK3qbp28g7Vi5PHVPlS/q127NatsW93G7JY/ZLeFsBeRYLFeV5mhemb4A6RG6javnmTa/hd53E1zpTWqK5A6o4OL5xudrAHvS/d1/tnS64jKxjU23qsvKIBlKWSZ9Z17dbsDNycvEP14uQxVb6Uf6vtunVr7PuX3naG1b70tgD2KhIs3gtzJ3V1qlc1GHxffuTO6bxG3X46vEeqQ+8aCgfblX2z6WBCrOysrbyiAZSlkmfmBj8ep+1P1bWTd6henDymypfybwWHbt3O7NvDal96WwB7FQkt1oW7yPQN8AqMG2nL9DNQZ6mUfYXLB9UrBX7RJBxsV/bNllxL1jWvt/VYeUUDKEslz2w6gNkZuDl5h+rFyWOqfCn/1j3NrVtj365n1j1W+9LbAtirSKgZHIXr8S6jlb0LdsRtAqvJxSkt4RG6d+H9EonevkXvdzAdTIiVnbWVVzSAslTyzNzgx7MzcHPyDtWLk8dU+VL+reDQrVtj3+42ZLHal94WwF5FQo11c1jk9sHF4IKdodfMvMqmn+8Mj9C9E+eaCq2WreyXTQcTYmVnbeUVDaAslTwzN/jx7AzcnLxD9eLkMVW+lH+rrbp16yz6WzaYYN2b9LYA9ioStE2LNo6WTom8ysCCnduN0jrBwYzbjNqu4tRlNKDQ+2XTwYSwyqi39Vh5Rc/XUskzc4Mfz87Azfllm1C97Cxfyn8msLQ+9/CbNjzWbIreFsBeRcJRmrLrHYXrdbmfMOw1+KjA9A3/bE4HNuP2I9a9nA43GlDo/bIlbcsqo97WY+UVPV9LJc/MDX48TrufqusV9bKzfCn/mcDSCpyXPF/u3X/19gD2KhKOjBvKKu8yWtlbT7cbrRTes4ETHjcdvmKKsLJftqrDbgY9eluPlVc0gLJU8szc4MezM3CzpnCj9bKzfCn/1v3NrVvnV3GW3Aeda6m7rQKYUyRkgwtRer3DaOVIPd12hG7jCPZLp8NTBzjdyUWtmLrT+x24HX6EFQzqbT1WXtEAylLJM5uuC2dEbPg5aSfoEqF6uXJg6ewvhusv5W19Np/0PgD2KhLE4EKUXqGb0pUN1tOtR2mdTmLGS4Pt9AVBXgMUWjgzw/kyEn5ZfmXfbEkbs4JBva3HyisaQFlWBOoWnefB8Gi7UyciVC83CCyt9i5C56kFXt31Se8HYK8iQTjTM6sM3UyuZGDBjrj1KO3gOUcMd9ArqMBEznHL6GUaYbG+jITbh9Hhi+kA2Qp89LYeK68V9wKnLqYXiViB68hoe2SkLVovVw8sUx5W/cn10NVeo0Gl0PsC2KtIcB62XiV8Q7qqYMegLRlJeqXA6MOM7g56hUbHLJ2dBEPLyhQIKrueOXOeLZu+xqxgUG/rsfKKBlAWJ/8VdWF92Q6PMqe8vHaQheql0X6zqwSWkfuGfIZu+0/nqwPVZn3q/QHs9cM/Bqd2R4RumFdm3Gwt0yMnrzYYUEe9ZDrcCRqE/F06xqEgMy16soLAofMPdNZTi3isYE1v67HyWnE/CHwhnq0Lr65Dn10KiqL32FC93CGwTPl415mQupFrRT5POS/pk+SeI/8vr75rjVI225cuB4C9fvhHsPOb1XUzuqJAJ1Nz+/POKue2StfIzwoDK91lpEQ6SOnIpB1Ih1cjf5Mp9VZHqA21j0CQIkHBD0FxOmcpo5xD87grO2srr2gA5amMYmnyd7MuWiNmwS/dsn/1y2MKlGoBmlXmUL3cKLAMT193kn6rWQe6HAD2+vof68JcrOtZmqtJN0erM2gJdRJ3sKlzyKod+y4psBj5PFeS+hw6bydgi6q2TStvva3Hyqt1/F6DX/i0amCY8rfOQZM2JQGZ17as+26oXpw8LhNYprxWB5ef145VB7oMAPb6/M9EsNRrajrqCjo7l6z7Bnxlm0e2w4tXVkntf+c5WYaDykP5Zzvq6jSu1db1th4rr2gAFbGgLpqB2Ib75OerdirpWaherKDKOp+olYFlyk/qMTIt7pE8Pq8dqw708QHs9fmfjSt9taFn1K5iYNo0u/Uorbb5Zz5Pnw7PUufU6kR3mO70RcdikJbqFz4rGNTbeqy8ogFUxIIRMTNYWlDX2VedV/6WherFCqpWtDHjmjDrypMeDxgJ1KX+f/gCatWBPi6AvcwLcrFq53Unxg3Wcvvz1k5oM1MjeLPS+ckI5ooAokbyXvolK33pGQ2oqm8rsIJBva3HyisaQEWl4HLkWhV/6fy0FFyO1rX4Idir/D0L1YtzPV42sMwO15sXZH4uotP7H/LQ23/S2wLYSy7ImRtkj6Ud6dkCq05bbn3eNanj1ue5UrXzOFs6T/ncpdObvU5kfwmutraH9JxhT1kleK7++okVDOptPVZe0QCq12BdhL8Ipvy9YOio+oWisl0WqhcrqLpDYKml8zkq6kyzZlH0tgD2ql3EO9x+KviwerTH7c8bP0qfqwQUEijllcQ1+e+y/ekjsKm95nLqssmjL59l0/u9o911kUYwJbCp5S9pcuzT28CTGI9zvfSHF4AnKhIAALgTY+T4Zc9sA09VJAAAcBdpVkAHlFn1jQcA9ikSAADYYcfz0+mRAx1QZu7zmQDWKhIAAFjt8AJ7CQSHn2k9ct4/u2VxEQBbkQAAwGqVFfry+qChADP4owbNX1ECsE+RAADASs5zkLLwRlZ1u0FmWuEvK/Bbi3UyRiuBFykSAABYKTC6eCQjmzJdLiOa8rom2Vf+7QWTmbyPlGcrgRcpEgAAWKkyDb6LBJW8Pxh4oSIBAIDV0hT2rp9JFQSVwAUUCQAA7JAW3cj09uoAU6bL+XUj4AKKBAAAdpNV2ykgHA0yP3/bnecpgWspEgAAOFP6vfX8e+6yaEf/5vrxt91lSp0pb+CiigQAAABgRJEAAAAAjCgSAAAAgBFFAgAAADCiSAAAAABGFAkAAADAiCIBAAAAGFEkAAAAACOKBAAAAGBEkQA81eGXPwp62530sQ9+1dvejfz8XuW8sp/19ngG49q7fZsHnqZIAJ4q/WSc/j3iT3rbnfSxD/6nt70bCR4r55WdGsDjOoxr7/ZtHniaIgF4KqNzI7BchMASNca1d/s2DzxNkQA8ldG5EVguQmCJGuPau32bB56mSACeyujcCCwXIbBEjXHt3b7NA09TJABPZXRuBJaLEFiixrj2bt/mgacpEoCnMjo3AstFCCxRY1x7t2/zwNMUCcBTGZ0bgeUiBJaoMa6927d54GmKBOCpjM6NwHIRAkvUGNfe7ds88DRFAvBURudGYLkIgSVqjGvv9m0eeJoiAXgqo3MjsFyEwBI1xrV3+zYPPE2RADyV0bkRWC5CYIka49q7fZsHnqZIAJ7K6NwILBchsESNce3dvs0DT1MkAE9ldG4ElosQWKLGuPZu3+aBpykSgKcyOre3DSy/f3z71/ePb79IUPf949t/Ux1k8m9Jl7//U+874hWBZTrmv9O5/K7OUf4t6fL3n/W+O0hdnlnno1LbyPVWq7NfZRu93wjj2mu2eVWP+nPN5ftJ77ebam/HMuVyyd9OL5eWyqnb4J9SPr1t1CHP39R553Z9yjWG1yoSgKcyOre3CyxTp/tH5RgW6bynOoazAkvpuFNn9lflOB45z191nrMG61za5HRZKvlmxec5UE4pY5FPD+PaK9p8akPyGeltWyRYmq5DSwrCe9ublEuCrakvEEbdFddTsJzFfpb0eUieOp8WOXb1vCvbZlPtC+cqEoCnMm7QbxNYphEe6dB03j2knoZGXHYHlqnj7Ak6LNIBDo/eHMr00jpPZdD5ZV8ddgrGewJKTeq9CBYijGvvq82nEUoZCdPbRMlnsDRASWXqCapqptqZUXc/XE8ddRe6DtO5z1xrct6/qDz1NtnSzw17FQnAUxk36NsHlgs6AU06he5RoJ2BZQqMrJGYURJsdQdMi4KOo6E6T2XReWWfHXYapdR/GzFaV61r77PNp7qcCXqPptpZlr4wrGxvQ4G5UXef5zlQd7/rY2iLr7X/HvLVf8sILG+kSACeyrhB3zqwHOhYenQFOrsCy8UdXU1X3V+pzlN5dB6ZfB7WZzLiK1CIMq69HFi2/j6qu4yqvKsCca07MDfqJgeWrb+3mG1907WWy6rTMwLLGykSgKeybsB62530sQ/MG35NR4CTF2TkQCMvQPCexxLhKVoniBkKLNM5elPNcg7y+co5HuVFBnp7LRzMnVTnXR1tZf/MG3XL9Sa8Oj7qLV/rM8ifmU7PpJ5z+USk3rPwZ6rKGgkqpa6kbUn95s82LzTyyuiOGKrytOouLxTS6Z7mfSY9amK1l6Nj28msfa17Q1d7wmsVCcBTGTfoOweW3lRs9SF6lYcESlbnLp2omcchL6vzGA0srbKFp49Tx18L6uTfofNL+Xh1LgGHm18KCnRZsnCdp7z0/sd8amly7GLFd2oLEli1ypWtCo4kCNPHkn/LZ16UT5Wxdm46n2oeLWm0TudzJOV1g6B0HVgBZqjNprxadSftTNfdUQ7axVcArPNXx7LKnEn7b37ZPCys0/u1zkOY5cK1FAnAUzk3tivoCixTZ6HzyKTDad78a5wpsFBQuCmwbAUQXcHXIb8cSOdz/U1v0+Kcn+TX1UGuqPOUj963JZRncFQ2XPcd1174OcRUxloAc9R7TVnn3D29bpQv/GXGqLtauxleIR8YqZW8w/eUdK3UyljTdd3gtYoE4KmMG/RV9HaCrYCrO6g85NkKnP7S29YY+4tQUKPyk6k5nU821RkdVkmHR7XOrvOO4EPvW9MVcASmRX9Y8WsJXnvdgVvKuxW8ZaF24gRWQ2VL+bbOPbRS3Nhf676+1HFabVt0Pxua8rS+OB2FPiNcQ5EAPFXHDfpVwoGl0wmGOqwWo6N2AxMjSBLdHZ+Vn952t6vWedpf76cNlc95hU348wxce0OByyH/6ZFGI7D6U2/bw/hyFMo3UHci1E5anNkPMfSlKeXtPV4gCCxvpEgAnip4g36lnsCy1ZGGOiuL0RG6z9VZgWBPIBLILzSCupLRfl5a52l/vd9RuF1pTlAQzteou2wqsHDKKcyg1QmspsqW8m+9CswdLQ/UXfhRjhajfKL7utWML07ZdB3jPEUC8FSBG/SrhTpqIwgRUyMXWSNwdYM5IxAU3R2Uk5/bKa+SnufTx8921nloZFbvo4SnrGsq+WWh9prysK69P/T2I5xjmHVgBD7TXxqEMdrtjiQ75xV+XMLiTFevyN+6ZwkCyxspEoCncm7QVxDqqI1OSkx3AsKYAjWnxJxAcCSwtDqk0GjeCk6dLwlw04Iinbcw6zztq/fJ3C8DnlbAG22vKQ/r2nODqwjnMzLbnjENPj0aKIwvJu40vVN30+VzRnuXXWNGOxIEljdSJABPZd2g9bY76WMfhDpqI+hbMvIjjPfjmR3A6sAy5dnq9IV8pksCO4sR9C0Z0RJGYGSOtqV99T5f9aO37WVcN+G8jTzEks/P+RLSLKuzn1v3UY1RwWa5DvtZdTddPueaXRL0C+MaEuZ9BddSJABPZd2g9bY76WMfuJ1M2r91Hp/v2FukFViawWHaV+8T2rfFCLiO5Nwl4JZt3RG+Xleu81Q+vU94X49x7qH26uSx9NprBG+i+QUg1b3ePpPPRH9Oo2ojdu6IslV3K4LyswK+3c+x4jxFAvBU1g1ab7uTPvZBqKO2zuMEZqCSOlC9T2hfS6NT9kg9SbD5GRzoPHtcuc5T+fQ+4X09xrmH2uuqPCKM4zSv8eAXl210ebSRc+pxYmBp3RuWHQf7FQnAU+2+QUfpYx+EOtnKfmcyAxWn8zD3tQRf2B0hq18lkOh6FtWZjt/NrbfKPuF9PcZ1E2qvq/KIMI7TvMadwGo7XR5t5Jx6OOffdZ1YnHsDgeWNFAnAU+2+QUfpYx+EOtnKfmcyAxWn8zD39aTgsvV8aS+ZMnV/7vJwbL3/mdx6q+wT3tdjXDeh9roqjwjjOM1r3AmsttPl0UbOqYdz/sseK3HuDQSWN1IkAE+1+wYdpY99EOpkK/udyQxUnM7D3DcqLbao/eb3CBkFdTtPRiyLfEWova7KI8I4TvMadwKr7XR5tJFz6uGc/7KAz7k3LDsO9isSgKfafYOO0sc+CHWyxpTwyoUkLeZigbSNLlc2HeRo6XjSMcoUd6tePO67AI228/I6T+XT5cqm69w491B7dfJY9iYDYRyneY07z1jK3/TnsZQujzZyTj2c859edZ4Zi9OEWw+4jiIBeKrdN+gofeyDUEdtnEdo/51SZ6nLlU0HORGpDNJZyrR5q640832CRj4vr3NRKVc2Xecrzt3IY+m1Z4xiNwNYp82+PODZXXfO+U+/JzMzXkIvXl7PiCsSgKfafYOO0sc+CHXU1g1ab3s2p5OaDnJGpVedND//pDkyaD3bqbd9BV2mg+k6N+ot1F6dPIT7KEKE8z7KZlmd/Za9x3GUVXd62xHGy9tF8zVNvYygXxBY3kiRADzV7ht0lD72QbPzU/tbU0pLOulRVw0sMytAtIIIZ7rw5Z1ipUzZdJ0b102ovTp5iGa993A+I7MejKBn2S/PjLLqTm87ynmMZLp9O5/NkmPgPEUC8FRn3KAj9LEPQh218xNsy6auRjhlMzv3sxgLcZrlc0a1zGn0M1TK5J5TlHHdhNqrk4doTlP3cI5hPiuYntHV+2Tm87e7Weeltx3lLOCZ/nyMay4jsLyRIgF4qjNu0BH62Ac9HXXrRi0jL80p3TNUypS9PAATxqilOTrljOpctc7vEFiKqcDC+UIjzODQGVGbrsMZVt3pbUc5X5ym6sB6dOdg6vPHuYoE4KnOuEFH6GMf9HTU1nR4OJ+I3qCpUp5s2fNaM4zA0hztdYKPq9b5cEBwyLt13YTP2cgjk6DdDP4sTtDvfqFJzxm2psPF0kdMes7Vqju97YxAAPir3sfjjIQeEVjeSJEAPNVZN2iPPvZBT0ftdYRuZxqRAtiuUVBjNFWMdk4yVRnujC1G+cwg7AV1Hg5mKmUJnVOEcd30tNdWHkdD9RcIiEJBixMEdX0eLWlkUILg8Lladae3nREYtRRyHbr3gpSX9XiBFvqMcA1FAvBUZ92gPfrYB+GOOuVjjVp+5hfpBGrSIpxjffV0hFaH0t1BH4K5rl/LqTFGK4XbuTmjlkKChlfUuS5HdqfAUoS/QKRA3wsqe8oo+bW+dAhpf0MLjVLe0naPX0xC7cSqO73trMA9JZN6z+/4lHMT+TVfret/6trDdRQJwFOdeYO26GMfhDvBQ17NczqQTsBcvJDykufUpGNpTStGO0Iv+JLOu+hI0ijHD0FFIy/pnEPndMhHzq3V4X2WSe/T4uSThcq3sM71ftnVA8ta+mcAp9vCIS8JYqRdWEFgFqq/Q97WWw0yOa6Uz8w7lVNec9X6lajQF4dGHX3S264QCNZHSJ1ZrzUq7ge4riIBeKqzb9At+tgH4Y76kJfcrFtBSY3UgZDRA+lA8r/1djXmM4iqTLWOVJNt8vHz9j90MMGyyflLsCcjQpqcYyQAcYNAdX6jdZ5f2h45LxENPvR+2dUDS/mMrJEsqWfZV7brqTfR/dhFKmvty0yLtC0pU25/uYyRNidtvho8q/I0z1lvu8ri4PJrlqLyt4zA8kaKBOCpXnGDrtHHPgh31Cq/3kBnVLh8zvNqlq8OJvjM1wqh4E2d31l1HnrVS2W/7A6B5Y667P5MVXl7gssZbkBl1N3W+9bENXwkAfbXoy+Vv2duPeA6igTgqV51g9b0sQ/CHbWWOueVowyajCq5oyuqTM36NugRS5majIz+jBoOQFKdW6Nts8J1Xtk3u3xgmf6+MricPmeR2l5k5H1E9XGQGqPutt+30qMazeM7ivZb2SYL1QWuoUgAnsq6Qeptd9LHPgh31C2pM2ye5wDJq2uxzaEsEiz0lqXawXQ8UxcleYWnvy2b6rxaDy2VPLLpIMs4t3B7NfL4Kl9qL5HnV1uWfabZhi8PUsauz8Sou9PuWynAlHrwgn/5e/P508r2WVd7x2sVCcBTXeEGLfSxD8IdtScFO61FAx7pHKQTqXYOvTqDQrODOSyGiOanSeAy9Oyd55V1Xskv6wpiaozrJtxejTyK8g0E6nkxTWh0d0QKMK1FVhZpD9LuhoJeqy70tmdJgaZ8Tl/0NprzEnt3f1xHkQA8Ve1mGL0prqSPfTA0Mug5rDzO74OUjupIAhr5m5RhZ+cs+dfKMHT89AymBJp5AYg+r+G8ZwXqXAJQ+ZuUf7pclbaUDQWqKu/WdRNur0YezfKlz1e+lBwXxRw/V6nfcBlWSUGm1e7yQh4p+3T5jLo79b41K9WZDiizZjvA9RQJAAAAZzIeKfhLb4trKxIAAADOkkZ5W4+I/K63x7UVCQAAADWjz4Ja0qMBOqDMhn7NCK9TJAAAAGiHd8cuW2EfeCfo9DPGOFeRAAAAoFWeg5TFSMNvUQj89vjwe2TxOkUCAADAkfMcpKTLmwxCbzFIo5QSlOp8dJ5uXrieIgEAAOAoMGV9pH8j/fhKKL1ty5KpdpyvSAAAADiqTIPvNDy9jtcrEgAAALQ01T36q1ZRBJU3VyQAAAC0dP4Ma5RMk0//EhFer0gAAADwpJ+TlCnymSBTnsO81c9PwlYkAAAA9EjvuMy/kS4rxPVvpOvfSg+tIMf9FAkAAADAiCIBAAAAGFEkAAAAACOKBAAAAGBEkQAAAACMKBIAAACAEUUCAAAAMKJIAAAAAEYUCQAAAMCIIgEAAAAY8X8kHAn7PT3fnQAAAABJRU5ErkJggg==</BriefkopfLogo>
+      <DatePublisher>21.01.2026 / Bruno Bissegger</DatePublisher>
+    </Fields>
+  </Content>
+</PrimeDocsFieldPart>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8262E250-7C6E-41E5-B167-FD4E3CE4E44D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C521F8B-6F26-4B6E-9F3D-86E5E9E77823}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Formulas"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/BasicPart"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B85F4D2C-E7D7-428D-95AA-0CF5193E9022}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D0CA309-FE1F-4433-8B2F-2FAA53FA0EA6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/MasterProperties"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.officeatwork.com/Document"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="https://schemas.primesoft-group.com/primedocs/FieldPart"/>
+    <ds:schemaRef ds:uri=""/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>BB1E45F3</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>735</Words>
-  <Characters>4992</Characters>
+  <Words>743</Words>
+  <Characters>4684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>237</Lines>
-  <Paragraphs>190</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Blanko_mit_Claim</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Stiftung Helsenberg</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5537</CharactersWithSpaces>
+  <CharactersWithSpaces>5417</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Blanko_mit_Claim</dc:title>
-[...3 lines deleted...]
-  <dc:description>26.07.2012</dc:description>
+  <dc:creator>Bissegger,Bruno</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
-
-[...108 lines deleted...]
-</file>